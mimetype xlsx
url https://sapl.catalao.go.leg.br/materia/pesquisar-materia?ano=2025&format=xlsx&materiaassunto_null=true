--- v0 (2025-12-25)
+++ v1 (2026-03-03)
@@ -1536,105 +1536,105 @@
   <si>
     <t>“Concede o Título de Cidadania Catalana ao Major PM-GO, Sr. LUCAS AGUIAR”.</t>
   </si>
   <si>
     <t>10082</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10082/projeto_de_decreto_legislativo_no_63-2025.pdf</t>
   </si>
   <si>
     <t>''Concede o Título de Cidadão Catalano ao Sr. MARCIMINO DOLORES DE OLIVEIRA''.</t>
   </si>
   <si>
     <t>10083</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10083/projeto_de_decreto_legislativo_no_64-2025.pdf</t>
   </si>
   <si>
     <t>“Concede a Medalha Legislativa do Mérito Educativo Catalano Professor Jamil Barbosa à Professora Sra. Marcilia Rinaldes Rocha dos Santos Neto”.</t>
   </si>
   <si>
     <t>10084</t>
   </si>
   <si>
-    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10084/projeto_de_decreto_legislativo_no_65-2025_1.pdf</t>
+    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10084/projeto_de_decreto_legislativo_no_65-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Concessão do Título de Cidadão Benemérito ao Senhor Wilmar Evaristo e dá outras providências”.</t>
   </si>
   <si>
     <t>10090</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10090/projeto_de_decreto_legislativo_no_66-2025.pdf</t>
   </si>
   <si>
     <t>"Concede o Título de Cidadão Catalano ao Senhor Elson Alves Pires".</t>
   </si>
   <si>
     <t>10091</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10091/projeto_de_decreto_legislativo_no_67-2025.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadania Catalana a Zilma Carla Vereda Nunes e dá outras providências”.</t>
   </si>
   <si>
     <t>10092</t>
   </si>
   <si>
-    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10092/projeto_de_decreto_legislativo_no_68-2025_.pdf</t>
+    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10092/projeto_de_decreto_legislativo_no_68-2025.pdf</t>
   </si>
   <si>
     <t>"Concede a Medalha do Mérito Educativo Catalano Professor Jamil Barbosa à Professora Sra. Dália Mendes Borges Martins - Professora Efetiva da Rede Municipal de Catalão".</t>
   </si>
   <si>
     <t>10093</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10093/projeto_de_decreto_legislativo_no_69-2025.pdf</t>
   </si>
   <si>
     <t>"Concede o Título de Cidadania Catalana à Mariana Angélica Santos Prado".</t>
   </si>
   <si>
     <t>10094</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10094/projeto_de_decreto_legislativo_no_70-2025.pdf</t>
   </si>
   <si>
     <t>"Concede o Título de Cidadão Catalano ao Senhor Rodrigo Pacheco".</t>
   </si>
   <si>
     <t>10095</t>
   </si>
   <si>
-    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10095/titulo_de_merito_e_bravura_-_roberto_pagenumber.pdf</t>
+    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10095/projeto_de_decreto_legislativo_no_71-2025.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Mérito e Bravura ao 1° Sargento Roberto Campos de Oliveira”.</t>
   </si>
   <si>
     <t>8929</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Velomar Gonçalves Rios</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8929/projeto_de_lei_001_2025_pagenumber.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município a firmar parceria com a Associação Pestalozzi de Catalão, com repasse de recursos financeiros, sob a forma de subvenção social, para a contratação de serviços de transporte dos alunos do CAEE SANTA CLARA, nos termos da Lei Federal nº 13.019/2014 e dá outras providências”.</t>
   </si>
   <si>
     <t>8930</t>
   </si>
@@ -2634,51 +2634,51 @@
   <si>
     <t>"Autoriza a cessão em comodato de imóvel urbano, em favor de entidade local, na situação e condições que menciona".</t>
   </si>
   <si>
     <t>9822</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9822/projeto_de_lei_no_103-2025.pdf</t>
   </si>
   <si>
     <t>“Promove alterações na Lei Municipal nº 2.637, de 19 de dezembro de 2008, para criar o cargo que especifica, incluir o art. 9º-A, e dá outras providências".</t>
   </si>
   <si>
     <t>9824</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9824/projeto_de_lei_no_104-2025.pdf</t>
   </si>
   <si>
-    <t>"Declara Utilidade Pública a ASCAPLE - ASSOCIAÇÃO CATALANA DOS PRODUTORES DE LEITE".</t>
+    <t>"Declara Utilidade Pública a ACAPLE - ASSOCIAÇÃO CATALANA DOS PRODUTORES DE LEITE".</t>
   </si>
   <si>
     <t>9825</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9825/projeto_de_lei_no_105-2025.pdf</t>
   </si>
   <si>
     <t>“Institui o Dia Municipal dos Legendários no Município de Catalão – Goiás, e dá outras providências”.</t>
   </si>
   <si>
     <t>9826</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9826/projeto_de_lei_no_106-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de área pública localizada na Vila Dona Erondina, Município de Catalão-GO, e dá outras providências”.</t>
   </si>
@@ -13328,51 +13328,51 @@
   <si>
     <t>Indicação Parlamentar: "Sinalização da Avenida Nicolau Abrão."</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10069/41a_sessao_no_02_smtc_-_sinalizacao_rua_sao_vicente_do_araguaia_com_av._eliane_leao_margon.pdf</t>
   </si>
   <si>
     <t>Indicação Parlamentar:" Sinalização da Avenida São Vicente do Araguaia com a Avenidas Eliane Leão Margon e Avenida Leopoldo Evangelista da Rocha."</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10070/41a_sessao_solicita__gastroenterologista_24_horas.pdf</t>
   </si>
   <si>
-    <t>" Indicação Parlamentar-  Solicita o encaminhamento de Ofício ao Exmo. Senhor Prefeito Municipal e ao Secretário de Saúde, requerendo a viabilidade de contratação de médicos gastroenterologistas para atendimento 24 horas na rede pública de saúde (SUS)."</t>
+    <t>"Indicação Parlamentar-  Solicita o encaminhamento de Ofício ao Exmo. Senhor Prefeito Municipal e ao Secretário de Saúde, requerendo a viabilidade de contratação de médicos gastroenterologistas para atendimento 24 horas na rede pública de saúde (SUS)."</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10071/41o_sessao_solicita_a_instalacao_de_cameras_de_vigilancia_nas_unidades_de_pronto_atendimento_ubss_do_municipio_de_catalao.pdf</t>
   </si>
   <si>
     <t>" Indicação Parlamentar- Solicita a instalação de câmeras de vigilância nas Unidades Básicas de Saúde (UBSs) do município de Catalão."</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10072/41a_sessao_solicita_o_envio_de_oficio_aos_orgaos_competentes_para_a_realizacao_de_manutencao_limpeza_desassoreamento_e_providencias_urgentes_quanto_ao_esgoto_das_represas_do_monsenhor_souza.pdf</t>
   </si>
   <si>
     <t>"Indicação Parlamentar-  Solicita o envio de ofício aos órgãos competentes para a realização de manutenção, limpeza, desassoreamento e providências urgentes quanto ao escoamento irregular de esgoto nos bairros Parque Imperial e adjacentes, que está comprometendo o leito das represas do Bairro Monsenhor Souza."</t>
   </si>
@@ -14348,51 +14348,51 @@
   <si>
     <t>INDICAÇÃO PARLAMENTAR - estudo de viabilidade de um sistema de drenagem pluvial e arborização na Avenida Avelino Albino do Nascimento.</t>
   </si>
   <si>
     <t>9986</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9986/emenda_aditiva_ao_pl_no_102-2025_-_ccj_pagenumber.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o § 3° ao art. 1° do Projeto de Lei n° 102/2025 (...)"</t>
   </si>
   <si>
     <t>10146</t>
   </si>
   <si>
     <t>Emenda à LOA</t>
   </si>
   <si>
-    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10146/emenda_a_loa_01-2025_.pdf</t>
+    <t>https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10146/emenda_a_loa_no_01-2025_pagenumber.pdf</t>
   </si>
   <si>
     <t>"Altera o Projeto de Lei Municipal n° 99/25 - Lei Orçamentária Anual, para incluir emendas impositivas individuais no orçamento do Município, e dá outras providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -14699,51 +14699,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8937/mocao_de_pesar_leo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8938/img20250203_09323287.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8969/img20250203_09323287.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8970/img20250203_15013637.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9020/mocaosapl.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9021/mocao_de_apalusos_-_dr._ramon_01.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9030/mocao_de_aplauso_certo_rotated.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9066/mocao_pesar_-_maria_conceicao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9067/4a_sessao__-_mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9090/mocao_de_apaluso_sr_ozanio20250224_15082394.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9096/mocao_de_pesar_5a_sessao_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9114/mocao_jeferson20250228_13500585.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9125/mocao_aplauso_-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9126/mocao_repudio_-_equatorial.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9127/mocao_de_pensar20250311_13574513.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9156/mocao_de_pesar_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9157/mocao_de_aplausos_001_-_mnv.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9193/mocao_igreja.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9197/mocao_de_pesar_-_sebastiao_goncalves_rios.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9204/mocao_de_aplausos_-_25_de_marco.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9232/mocao_de_pesar__002_-_osvaldo_henrique.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9233/mocao_de_aplausos_-_01_de_abril.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9234/mocao_de_aplauso_dimic20250328_08093778.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9278/mocaosesi.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9311/mocao_de_aplausos_-_mocao_de_aplausos_aos_policiais_da_companhia_de_policiamento_especializado_de_goias_cpe_e_a_policia_militar_de_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9312/mocao_de_aplausos_-_15_de_abril_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9313/mocao_de_aplauso_sae20250414_09330380.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9314/mocao_de_aplauso_velomar20250414_09375568.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9376/15a_sessao__-_mocao_de_pesar_-_luiz_felipe.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9377/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9410/mocao_de_aplauso_raphael_mesquita_mendes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9411/mocao_de_aplauso_jason20250505_13201904.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9442/mocao_de_aplauso_-_esportes_central.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9443/mocao_de_aplauso_-_luna_freire.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9444/mocao_de_aplausos_-_13_de_maio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9445/mocao_de_pesar_a_familia_da_senhora_maria_izildinha_da_silva._20250512_09330876.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9478/mocao_de_aplausos_-_20_de_maio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9510/mocao_de_pesar__a_familia_do_nobre_sr_joao_domingos_dos_santos20250526_08273447.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9511/mocao_pesar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9649/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9653/mocao_de_aplausos_ao_sindicato_rural_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9693/27a_sessao__-_mocao_de_aplauso_sefac.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9755/mocao_de_aplauso_bombeiro_rener.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9756/img20250822_14391907.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9799/mocao_de_aplausos_a_asa_corretora_de_seguros.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9800/31a_sessao_mocao_de_aplausos_para_o_senhor_dep._zacarias_calil.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9827/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9828/mocao_de_aplausos_lacos_de_bem.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9829/mocao_de_aplausos_a_anderia_amorim_pelo_livro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9830/mocao_de_pesar_-_silvinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9876/mocao_-__uti.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9893/mocao_de_aplausos_01.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9933/mocao_de_aplauso..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9984/mocao_de_aplausos_004_-_equipe_veratz.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10006/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10007/24_-_mocao_de_pesar_dilma.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10008/mocao_aplausos_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10014/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10015/40a_sessao_concede_louvor_e_aplausos_ao_senhor_eliton_evangelista_da_rocha_jorge.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10044/mocao_de_aplausos_ao_superintende_da_sae_rogerio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10045/mocao_-_jair_28-11.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10057/mocao_de_aplausos_-_colegio_gabarito.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10058/mocao_flavia_moraes.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10096/mocao_-_silvinha_-_flavio..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10125/mocao_de_aplausos_005_-_sensuelle.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10126/mocao_adisgo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10127/mocao_de_aplauso_-_ronaldo_smtc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10148/mocao_de_pesar_pastor_euripedes_de_honra__20251124_10545644.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10167/mocao_de_pesar_-_pastor_euripedes_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10188/mocao_de_aplauso_bussola.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10189/mocao_repudio_-_complexo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9155/projeto_de_decreto_legislativo_no_01-2024_-_cleriston.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9192/projeto_de_decreto_legislativo_no_02-2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9231/projeto_decreto_legislativo_medalha_professor_jamil_barbosa_joao_paulo_ferreira_da_silva_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9272/projeto_de_decreto_legislativo_no_04-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9273/projeto_de_decreto_legislativo_no_05-2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9309/projeto_de_decreto_legislativo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9340/projeto_de_decreto_legislativo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9371/projeto_de_decreto_legislativo_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9372/projeto_de_decreto_legislativo_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9373/projeto_de_decreto_legislativo_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9374/projeto_de_decreto_legislativo_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9440/projeto_de_decreto_legislativo_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9441/projeto_de_decreto_legislativo_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9507/projeto_de_decreto_legislativo_no_14-2025..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9508/projeto_de_decreto_legislativo_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9509/projeto_de_decreto_legislativo_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9550/projeto_de_decreto_legislativo_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9577/projeto_de_decreto_legislativo_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9578/projeto_de_decreto_legislativo_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9579/projeto_de_decreto_legislativo_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9600/projeto_de_decreto_legislativo_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9601/projeto_de_decreto_legislativo_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9602/projeto_de_decreto_legislativo_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9603/projeto_de_decreto_legislativo_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9604/projeto_de_decreto_legislativo_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9605/projeto_de_decreto_legislativo_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9606/projeto_de_decreto_legislativo_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9607/projeto_de_decreto_legislativo_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9608/projeto_de_decreto_legislativo_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9609/projeto_de_decreto_legislativo_no_30-2025_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9610/projeto_de_decreto_legislativo_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9611/projeto_de_decreto_legislativo_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9633/projeto_de_decreto_legislativo_no_33-2025_.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9746/projeto_de_decreto_legislativo_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9747/projeto_de_decreto_legislativo_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9749/projeto_de_decreto_legislativo_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9750/projeto_de_decreto_legislativo_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9773/projeto_de_decreto_legislativo_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9798/projeto_de_decreto_legislativo_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9823/projeto_de_decreto_legislativo_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9858/projeto_de_decreto_legislativo_no_41_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9859/projeto_de_decreto_legislativo_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9882/projeto_de_decreto_legislativo_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9883/projeto_de_decreto_legislativo_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9910/projeto_de_decreto_legislativo_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9931/projeto_de_decreto_legislativo_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9957/projeto_de_decreto_legislativo_no_47-2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9962/projeto_de_decreto_de_legislativo_no_48-2025___granja_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9985/projeto_de_decreto_legislativo_no_49-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9988/projeto_de_decreto_legislativo_no_50-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10009/projeto_de_decreto_legislativo_no_51-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10011/projeto_de_decreto_legislativo_no_52-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10012/projeto_de_decreto_legislativo_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10013/projeto_de_decreto_legislativo_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10046/projeto_de_decreto_legislativo_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10047/projeto_de_decreto_legislativo_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10048/projeto_de_decreto_legislativo_no_57-2025..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10049/projeto_de_decreto_legislativo_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10051/projeto_de_decreto_legislativo_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10052/projeto_de_decreto_legislativo_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10054/projeto_de_decreto_legislativo_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10055/projeto_de_decreto_legislativo_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10082/projeto_de_decreto_legislativo_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10083/projeto_de_decreto_legislativo_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10084/projeto_de_decreto_legislativo_no_65-2025_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10090/projeto_de_decreto_legislativo_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10091/projeto_de_decreto_legislativo_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10092/projeto_de_decreto_legislativo_no_68-2025_.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10093/projeto_de_decreto_legislativo_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10094/projeto_de_decreto_legislativo_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10095/titulo_de_merito_e_bravura_-_roberto_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8929/projeto_de_lei_001_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8930/projeto_de_lei_002_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8931/projeto_de_lei_003_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8932/projeto_de_lei_004_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8933/projeto_de_lei_005_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8934/006_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8935/007_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8936/projeto_de_lei_avenida_1_pagenumber_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8963/projeto_de_lei_no_9_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8964/projeto_de_lei_no_010_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8965/projeto_de_lei_no_011_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8966/projeto_de_lei_no_12_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8971/projeto_de_lei_no_13_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9009/projeto_de_lei_no_14_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9011/projeto_de_lei_no_15_2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9053/projeto_de_lei_no_16_2025_2.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9054/projeto_de_lei_no_17_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9101/projeto_de_lei_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9116/pl_019_2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9120/projeto_de_lei__n__20_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9121/projeto_de_lei_no_21-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9122/pl_022_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9124/projeto_de_lei_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9154/projeto_de_lei_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9185/projeto_de_lei_no_25-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9186/projeto_de_lei_no_26-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9187/projeto_de_lei_no_27-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9188/projeto_de_lei_no_28-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9189/projeto_de_lei_no_29-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9190/projeto_de_lei_no_30_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9191/projeto_de_lei_no_31-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9194/projeto_de_lei_no_32-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9195/projeto_de_lei_no_33-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9196/projeto_de_lei_no_34-2025__pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9235/projeto_de_lei_no_35-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9236/projeto_de_lei_no_36-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9274/projeto_de_lei_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9303/projeto_de_lei_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9304/projeto_de_lei_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9305/projeto_de_lei_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9306/projeto_de_lei_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9307/projeto_de_lei_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9308/projeto_de_lei_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9310/projeto_de_lei_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9338/projeto_de_lei_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9339/projeto_de_lei_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9369/projeto_de_lei_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9370/projeto_de_lei_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9403/projeto_de_lei_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9404/projeto_de_lei_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9405/projeto_de_lei_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9407/projeto_de_lei_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9437/projeto_de_lei_no_53_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9438/projeto_de_lei_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9475/projeto_de_lei_no_55_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9476/projeto_de_lei_no_56--2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9477/projeto_de_lei_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9503/projeto_de_lei_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9504/projeto_de_lei_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9505/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9506/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9545/projeto_de_lei_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9547/projeto_de_lei_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9548/projeto_de_lei_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9549/projeto_de_lei_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9597/projeto_de_lei_no_66_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9598/projeto_de_lei_no_67_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9599/projeto_de_lei_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9612/projeto_de_lei_no_69-2025_.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9613/projeto_de_lei_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9614/projeto_de_lei_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9615/projeto_de_lei_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9616/projeto_de_lei_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9617/projeto_de_lei_no_74-2025_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9641/pl_desapropriacao_certidoes.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9642/projeto_de_lei_no_76-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9643/projeto_de_lei_no_77-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9644/pl_ferro_velho_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9645/ilovepdf_merged_1_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9646/pl_utilidade_publica_associacao_goiana_do_coracao_-_agc_1_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9647/pl_libras_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9648/projeto_de_lei_-_incentivo_financeiro_-_atleta_catalana_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9659/projeto_de_lei_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9683/projeto_de_lei_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9684/projeto_de_lei_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9685/projeto_de_lei_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9686/projeto_de_lei_no_87-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9687/projeto_de_lei_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9688/projeto_de_lei_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9689/projeto_de_lei_no_90-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9690/projeto_de_lei_no_91-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9691/projeto_de_lei_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9725/projeto_de__lei_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9726/projeto_de_lei_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9727/projeto_de_lei_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9751/projeto_de_lei_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9793/projeto_de_lei_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9794/projeto_de_lei_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9795/projeto_de_lei_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9797/projeto_de_lei_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9819/projeto_de_lei_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9821/projeto_de_lei_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9822/projeto_de_lei_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9824/projeto_de_lei_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9825/projeto_de_lei_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9826/projeto_de_lei_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9854/projeto_de_lei_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9855/projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9856/projeto_de_lei_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9857/projeto_de_lei_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9860/projeto_de_lei_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9884/projeto_de_lei_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9885/projeto_de_lei_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9886/projeto_de_lei_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9887/projeto_de_lei_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9888/projeto_de_lei_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9889/projeto_de_lei_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9890/projeto_de_lei_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9891/projeto_de_lei_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9892/projeto_de_lei_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9909/projeto_de_lei_no_121-2025_-_deposito_solidario__pagenumber_1_1.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9928/projeto_de_lei_no_122-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9929/projeto_de_lei_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9930/projeto_de_lei_no_124-2025_-_cmsan_-_semagri_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9932/projeto_de_lei_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9959/projeto_de_lei_no_126-2025_1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9960/projeto_de_lei_no_127-2025_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9961/projeto_de_lei_no_128-2025_1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9963/projeto_de_lei_no_129_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9987/projeto_de_lei_no_130_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10010/projeto_de_lei_no_131_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10042/projeto_de_lei_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10043/projeto_de_lei_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10050/projeto_de_lei_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10059/projeto_de_lei_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10080/projeto_de_lei_no_136-2025_.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10085/projeto_de_lei_no_137-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10086/projeto_de_lei_no_138-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10087/projeto_de_lei_no_139-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10088/projeto_de_lei_no_140-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10089/projeto_de_lei_no_141-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10118/projeto_de_lei_no_142-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10119/projeto_de_lei_no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10120/projeto_de_lei_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10121/projeto_de_lei_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10122/projeto_de_lei_no_146-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10124/projeto_de_lei_no_147-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10147/projeto_de_lei_no_148-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10168/projeto_de_lei_no_149-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10169/projeto_de_lei_no_150-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10170/projeto_de_lei_no_151-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10171/projeto_de_lei_no_152-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10172/projeto_de_lei_no_153-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10173/projeto_de_lei_no_154-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10174/projeto_de_lei_no_155-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10175/projeto_de_lei_no_156-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10176/projeto_de_lei_no_157-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10177/projeto_de_lei_no_158-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10178/projeto_de_lei_no_159-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10180/projeto_de_lei_no_160-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10181/projeto_de_lei_no_161-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10182/projeto_de_lei_no_162-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10183/projeto_de_lei_no_163-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9010/projeto_de_lei_complementar_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9118/complementar_02_25_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9439/projeto_de_lei_complementar_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9546/projeto_de_lei_complementar_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9820/projeto_de_lei_complementar_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9958/projeto_de_lei_complementar_no_06-2025_1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10053/projeto_de_lei_complementar_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10123/projeto_de_lei_complementar_no_08-2025_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10179/projeto_de_lei_complementar_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9092/projeto_de_resolucao_no_01-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9123/projeto_de_resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9406/projeto_de_resolucao_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10081/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8939/mata_burro_morro_agudo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8940/sessao_ordinaria_04_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8941/sessao_ordinaria_04_de_fevereiro_2.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8942/sessao_ordinaria_04_de_fevereiro_3.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8943/semaforo_na_av_jose_marcelino20250203_09145086.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8944/requerimento_-_limpeza_da_represa20250203_09102075.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8945/redutor_de_velocidade_-_jose_marcelino20250203_09124072.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8946/req_-_asfalto_jd_europa.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8947/req_-_asfalto_conquista.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8948/req_-_qmcjg.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8949/1a_sessao_-_no01_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8950/1a_sessao_no02_-__limpeza_recapeamento_ma_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8951/1a_sessao_no03_construcao_canil.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8952/img20250203_08144571.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8953/img20250203_08173756.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8954/img20250203_08192544.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8955/plenario_00320250203.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8956/plenario_00220250203.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8957/plenario_correcao20250204.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8958/requerimento_recapeamento_e_sinalizacao_rua_2009.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8959/requerimento_caixa_coletora_rua_14_de_julho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8960/requerimento_semaforo_rua_espanha_com_av._dr._larmartine.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8961/req._01o_sessao_-_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8962/req._01o_sessao_-_instalacao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8967/mata_burro_morro_agudo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8968/requerimento_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8972/sessao_ordinaria_04_e_11_de_fevereiro_3.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8973/sessao_ordinaria_04_e_11_de_fevereiro_2.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8974/sessao_ordinaria_04_e_11_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8975/semaforo_na_av_jose_marcelino_com_a_av__cento_e_onze20250210_09103265.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8976/redutor_de_velocidade_na_av_jose_marcelino20250210_09120918.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8977/limpeza_e_poda_das_arvores_das_represas_do_monsenhor_souza20250210_09075663.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8978/01_asfaltamento_sebastiao_de_padua.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8979/02_asfaltamento_l2.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8980/03_semafaro.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8981/conclusao_da_canalizacao_do_corrego_do_cacador.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8982/redutor_de_velocidade_na_rua_jocelio_gomes_.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8983/req_-_asfalto_jd_europa.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8984/req_-_asfalto_conquista.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8985/req_-_qmcjg.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8986/requerimento_01_ver._gilmar_smtc_redutor_de_velocidade_rua_espanha.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8987/1a_sessao_no03_construcao_canil.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8988/1a_sessao_-_no01_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8989/1a_sessao_no02_-__limpeza_recapeamento_ma_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8990/img20250206_13562290.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8991/img20250206_14023112.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8992/plenario_00620250210_0001.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8993/prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8994/plenario_00420250210.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8995/praca_da_bibliasapl.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8996/saudesapl3.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8997/requerimento_caixa_coletora_rua_14_de_julho.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8998/requerimento_recapeamento_e_sinalizacao_rua_2009.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8999/requerimento_semaforo_rua_espanha_com_av._dr._larmartine.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9000/sessao_2_requerimento_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9001/sessao_2_requerimento_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9002/sessao_2_requerimento_compra_de_microonibus.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9003/req._02_sessao_-_vigilante_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9004/req._02o_sessao_-_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9005/req._02o_sessao_-_instalacao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9006/indicacao_parlamentar_smtc.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9007/indicacao_parlamentar_escola.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9008/indicacao_parlamentar_sae.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9012/banheiros_represa.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9013/redutor_de_velocidade_av_jose_maria_vieira_b._santa_helena.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9014/sessao_ordinaria_17_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9015/sessao_ordinaria_18_de_fevereiro_3.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9016/sessao_ordinaria_18_de_fevereiro_2.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9017/unidade_movel_de_saude20250217_10492628.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9018/reforma_da_calcada20250217_10263386.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9019/redutor_de_velocidade_na_rua_a20250217_10323785.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9022/04_substituicao_dos_refletores.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9023/06_revitalizacao_parque_setor.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9024/05_substituicao_da_academia.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9025/conclusao_da_canalizacao_do_corrego_do_cacador.pdf1702.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9026/req_-_rua_orcalino_paineiras.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9027/req_-_ubs_parmalat.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9028/req_-_ubs_pontal.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9029/redutor_de_velocidade_na_rua_jocelio_gomes_.docxbairo_sao_francisco.pdf_01.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9031/3a_sessao_no_02_iluminacao_da_represa_clube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9032/3a_sessao_no_01_-_colocacao_de_lixeiras_na_av._raulina.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9033/img20250213_08144244.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9034/img20250213_08161950.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9035/idicacao_remedios_na_hora.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9036/indicacao_medicos_pediatrico.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9037/aspdecsapl2.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9038/ceusapl.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9039/profapoiosapl.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9040/requerimento_rocagem_morro_do_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9041/requerimento_patrolamento_estrada_regiao_do_sao_domingos_-_placa_do_boi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9042/requerimento_recapeamento_rua_98.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9043/modelo_requerimento_de_exame_papanicolau.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9044/modelo_requerimento_para_reparo_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9045/modelo_requerimento_de_ovos_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9046/req._03o_sessao_-_combate_a_dengue.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9047/req._03o_sessao_-_limpeza_de_mato.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9048/indicacao_parlamentar_-_praca_joao_caludio_06.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9049/indicacao_parlametar_-_praca_emanuel_dos_santos_04.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9050/indicacao_parlamentar_-_rocagem_castelo_2_e_jardim_catalao_05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9051/requerimento_limpeza_campo_bello_ok.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9052/requerimento_academia_-_praca_da_vila_uniao.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9055/posto_saude_____sao_joao.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9056/sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9057/reforma_das_calcadas_das_reoresas_do_monsenhor_de_souza20250224_09145739.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9058/feitio_de_calcadas_nas_proximidades_da_santa_clara20250224_08544294.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9059/07_revitalizacao_pracas_do_eldorado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9060/req007_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9061/req008_-_rua_monte_libano.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9062/req009_-_fios_soltos.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9063/requerimento_ver._gilmar_secretaria_de_esportes_troca_refletores_vila_margom.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9064/requerimento_ver._gilmar_lampadas_da_praca_residencial_eldorado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9065/requerimento_ver._gilmar__asfalto_centro_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9068/4a_sessao_no_01_soltura_de_peixes_nas_represas.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9069/4a_sessao_no_02_farmacia_na_upa__no_b._estrela_-_copia.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9070/4a_sessao_no_03_banheiro_publico_na_represaclube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9071/img20250224_09301230.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9072/img20250224_09225901.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9073/requerimento_4asessao_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9074/requerimento_4a_sessao_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9075/indicacao_portal_do_lago2sap.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9076/indicacao_paineirassapl.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9077/aparelho_sapl.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9078/requerimento_limpeza_morro_das_tres_cruzes.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9079/requerimento__pista_de_caminhada_setor.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9080/requerimento_placa_de_identificacao_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9081/modelo_requerimento_do_pai_demora_no_atendimento.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9082/modelo_de_requerimento_soltura_de_peixes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9083/modelo_requerimento_para_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9084/req._04o_-recapeamento_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9085/req._04o_sessao_-_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9086/parlarmetar_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9087/parlarmentar_balsa_certa_.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9088/indicacao_parlamentar_jheferson20250224_13170530.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9089/tapa_buraco_-_acfertil.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9091/sessao_ordinaria_25_de_fevereiro_-_.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9093/5a_sessao_no_01_agencia_de_correios_santo_a._r._verde.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9094/5a_sessao__01_smtc_-_rua_nicolau_abraao.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9095/indicacao_smtc.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9097/sessao_ordinaria_27_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9098/indicacao_parlamentar_rua_lorena20250226_10225915.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9099/indicacao_parlamentar_rua_0620250226_10272491.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9100/praca_bairro_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9102/requerimento_5a_sessao_suplementos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9103/requerimento_ver_cleuber_-_recapeamento_rua_77.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9104/09_pcp.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9105/08_complexo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9106/req012_-_cac.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9107/img20250228_09043794.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9108/img20250228_09444426.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9109/indicacao_pracasetoruniv.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9110/indicacao_semaforo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9111/requerimento_patrolamento_estrada_regiao_do_ribeirao_-_cachoerinha.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9112/requerimento_recapeamento_rua_santa_cruz_-_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9113/requerimento_aumento_de_vagas_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9115/indicacao_parmentar_para_a_abertura_do_correio20250228_13590207.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9117/req010_-_canteiro_central.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9119/ubs_20250306_10211782.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9128/canaletas_rua_recife.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9129/casa_velorios_sarv.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9130/sessao_ordinaria_13_de_marco_01.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9131/sessao_ordinaria_13_de_marco_2.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9132/sessao_ordinaria_13_de_marco_3.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9133/casamentos_comunitarios20250312_09195452.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9134/rodoviaria20250312_09390711.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9135/represa_20250312_10181575.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9136/req014_-_semaforos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9137/req015_-_reforma_de_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9138/req013_-_rotatoria_sj.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9139/7a_sessao_no_01_-_veredas_dos_buritis_-_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9140/7a_sessao_no02_construcao__parque_ecologico_no_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9141/7a_sessao_no03_parceria__com_a_policia_militar_ambiental.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9142/img20250312_13381043.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9143/img20250312_13471122.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9144/santa_terezinhasapl.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9145/examedevistap.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9146/requerimento_estacionamento_da_escola_nilda_margon.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9147/requerimento_prazo_de_entrega_da_cesta.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9148/requerimento_meio_fio_rua_ricardo_paranhos.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9149/modelo_requerimento_para_conversao_das_cestas.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9150/modelo_requerimento_para_faixas_elevadas.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9151/modelo_requerimento_para_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9152/setor_aeroporto20250311_08100467.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9153/cidade_jardim20250311_08072439.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9158/banco_de_horas_pm..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9159/policiamento_pires_belo..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9160/requerimento_construcao_de_praca_bairro_progresso_2.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9161/sessao_ordinaria_18_de_marco_1.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9162/sessao_ordinaria_18_de_marco_2.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9163/sessao_ordinaria_18_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9164/insessao_de_agua_e_esgoto_para_portadores_do_tea20250317_10013874.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9165/insenssao_de_iptu__para_portadores_de_tea20250317_10105576.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9166/10_cobertura_dos_campos.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9167/11_bairro_conquista_01.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9168/mata_burro_e_ponte_na_regiao_matinha.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9169/req017_-_iluminacao_cdqc.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9170/req015_-_saida_pra_go-210_1.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9171/req016_-_rua_planaltina.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9172/8a_sessao__no02_fundacao_ma_das_dores_campos.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9173/8a_sessao_no01__praca_eldorado-antonio_vermelho.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9174/8a_sessao__no03_presidente_da_assembleia_legislativa_dep._estadual_jamil_e_gustavo..pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9175/indicacao_8a_sessao_.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9176/ondulacaoportaldolago2.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9177/ondulacaosaplok.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9178/requerimento_prefeitura_nos_bairros_-_cisterna.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9179/requerimento_lampadas_queimadas_comunidade_cisterna.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9180/requerimento_sinalicao_bairro_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9181/requerimento_de_intalacao_de_um_reservatorio_de_agua.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9182/requerimento_para_doacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9183/req._08_sessao_-_exames_e_consultas.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9184/indicacao_parlamentar_cesta_basicas_20250317_10102520.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9198/quadra_esportes_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9199/sinalizacao_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9200/seinfra.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9201/sessao_ordinaria_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9202/sessao_ordinaria_25_de_marco_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9203/sessao_ordinaria_25_de_marco_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9205/indicacao_parlamentar_-_cleuber_vaz.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9206/boa_vista_.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9207/redutor_de_velocidade_na_rua_hermoneges_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9208/req018_-_rotatoria_r.02deoutubro.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9209/req019_-_travessia_elevada_02_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9210/req020_-_ruas_santa_helena.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9211/9a_sessao__no01__quadra_de_esporte_jarbas_nascimento.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9212/9a_sessao_no02_construcao__campo_de_futebol_no_castelo_branco_i.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9213/9a_sessao_no_03_legenda_para_deficiente_auditivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9214/requerimento_ver._gilmar__jamil_calife_restaurante_do_bem.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9215/img20250321_13381484_e.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9216/img20250321_13331199s.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9217/requerimento_plenario_9a_sessao.calcada.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9218/requerimento_plenario_9a_sessao.anibal_rosa.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9219/bucal.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9220/ciom.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9221/requerimento_medico_comunidade_cisterna.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9222/requerimento_medico_ortopedista.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9223/requerimento_escoamento_de_agua_rua_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9224/requerimento_de_descarte_de_agua_de_piscinas.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9225/requerimento_para_instalacao_de_lixeiras_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9226/req._09o_sessao_-_limpeza_em_avenida.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9227/redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9228/sobre_vagas_de_creche20250324_09584024.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9229/cion_20250324_10024475.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9230/samu20250324_10062191.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9237/arco_viario.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9238/asfalto_sarv_25.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9239/balsa.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9240/sessao_ordinaria_01_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9241/sessao_ordinaria_01_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9242/praca_goianiense_i_e_ii_e_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9243/15_asfaltamento_centro_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9244/14_sinalizacao_da_rua_pernambuco.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9245/programa_ver_melhor_02042025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9246/req021_-_embarque-desembarque.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9247/req022_-_feira_coberta.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9248/req023_-_praca_do_rotary.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9249/req024_-_limp._represa.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9250/req025_-_limp._ciclovia.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9251/requerimento_ver._gilmar__complexo_poliesportivo_maria_amelia_ii.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9252/11a_sessao_no02_camara_de_monitoramento_nas__pracas.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9253/11a_sessao_no03_reuniao_instituto_alcance__-.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9254/11a_sessao__no01_ceu_das_artes.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9255/img20250331_10294644_i.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9256/img20250331_10393170_m.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9257/requerimento_plenario_10a_sessao_limpeza_e_desassoreamento_das_represas.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9258/correcao_requerimento_plenario_10a_sessao_suporte_a_pacientes_em_tratamento_de_saude.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9259/guarda.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9260/gps1.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9261/requerimento_reforma_cmei_anibal_rosa.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9262/requerimento_sinalizacao_rua_boiadeiros_com_flor_de_maio.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9263/requerimento_patrolamento_estrada_regiao_do_martirio_-_faz._limoeiros.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9264/requerimento_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9265/requerimento_para_o_transito_no_bairro_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9266/requerimento_aumentar_as_vagas_de_exames_de_endoscopia.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9267/req._11a_sessao_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9268/req._11_sessao_-_exames_e_consultas_na_central_de_regulacao_.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9269/indicacao_parlamentar_ronaldo20250328_09303910.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9270/indicacao_parlamentar_saude20250328_09540967.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9271/farmacia_auto_custo_20250401_10450957.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9275/ppp_castracao.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9276/calcada_mata_setor_universitario.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9277/esgoto_bairro_dos_lucas.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9279/16_rocagem_morrinho.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9280/18_mutirao_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9281/assistencia_ao_romeiro_da_vazante_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9282/req027_-_cruzamento_parmalat.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9283/req026_-_canteiro_r69.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9284/12a_sessao__no01_revitalizacao_da_reserva_ambiental_profa_luciene_souza.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9285/12a_sessao_no02_recapeamento_da_rua_96_bairro_castelo_branco_i.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9286/img20250407_13311779.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9287/solicitar_limpeza_de_area_jd._primavera_12asessao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9288/indicacao_praca_evelina_nour.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9289/pavimentacao_asfaltica20250408_09210004.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9290/feiraodoemprego.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9291/jardim_florenca2.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9292/requerimento_lampadas_queimadas_parque_paqueta.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9293/requerimento_ovos_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9294/requerimento__implantacao_de_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9295/requerimento_inst._de_um_bebedouro.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9296/requerimento_aumentar_as_vagas_de_consulta_para_pneumologista_e_endocrinologista.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9297/req._12a_sessao_-_instalacao_de_cacamba.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9298/req._12a_sessao_-_sinalizacao_caic.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9299/req._12a_teste_do_olhinho.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9300/indicacao_parlamentar_recapeamento_20250407_08154689.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9301/indicacao_parlamentar_caf20250407_08110236.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9302/requerimento_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9315/semaforos_escolas.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9316/sessao_ordinaria__15_de_abril_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9317/sessao_ordinaria__15_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9318/solicitando_que_seja_encaminhado_copias_as_autoridades_em_busca_de_melhorias_da_seguranca_no_bairro__alvina_albino_e_imediacoes..pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9319/criacao_da_secretaria_de_seguranca_publica_municipal_.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9320/req030_-_praca_erondida.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9321/req028_-_praca_da_fe.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9322/req029_-_limpeza_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9323/requerimento_ver._gilmar__criacao_de_ponto_de_apoio_para_os_entregadores_de_delivery.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9324/requerimento_ver._gilmar_smtc_redutor_de_velocidade_rua_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9325/13a_sessao_no01__const._praca.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9326/indicacao_13a_maria_amelia.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9327/indicacao_13a_rua_uruguai_1404.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9328/indicacao_13a_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9329/iluminacao.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9330/eventos.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9331/requerimento_implantacao_de_placa.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9332/requerimento_mudanca_da_rua_israel_almeida.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9333/requerimento_mata_do_estrela.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9334/req._13_sessao_-_consultas_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9335/req._13o_sessao_-_exame_de_audiometria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9336/jheferson_certa20250415_15130108.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9337/8-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9341/correios_sarv.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9342/sessao_ordinaria_22_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9343/sessao_ordinaria_22_de_abril_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9344/coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9345/requerimento_ver._gilmar__cobrir_quadra_do_paineiras.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9346/img20250416_14504378.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9347/img20250416_14281783.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9348/01.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9349/02.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9350/03.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9351/indicacao_14a_sessao_limpeza_jd._primavera.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9352/indicacao_14a_sessao_rua_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9353/indicacao_14a_sessao_ponte.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9354/20_estudo_rua_mandaguari.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9355/19_rocagem_.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9356/cacambas.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9357/vagas_app.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9358/requerimento_praca_no_bairo_village.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9359/requerimento_sinalizacao_das_ruas_bairro_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9360/requerimento_forro_no_crac.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9361/recapeamento_rua_alberto_elias_20250416_09362815.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9362/neoropediatra20250416_09394617.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9363/recapeamento_rua_a_20250416_09321689.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9364/10_-_alagamento_avenida_avelino_albino_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9365/11_-_indicacao_mato_alto_escola.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9366/9-_alagamento_rua_98.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9367/requerimento_-_eleicao_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9368/requerimento_-_secretaria_de_promocao_e_acao_social.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9375/correios_sarv.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9378/sessao_ordinaria__29_de_abril_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9379/sessao_ordinaria_29_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9380/solicitando_a_analise_e_posteriormente_a_reforma_ou_reconstrucao_da_ponte_localizada_na_fazenda_cutodio_do_balsamo_situada_na_fazenda_custodio..pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9381/aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9382/rocagem_da_getulio_vaz.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9383/smtc.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9384/realizar_patrolamento_da_regiao_pe_do_morro_.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9385/solicitacao_de_aquisicao_de_consultorio_o_dontologico_adaptado_.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9386/seja_patrolada_a_estrada_vicinal_que_da_acesso_a_comunidade_da_fazenda_custodio..pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9387/req031_-_praca_vila_liberdade.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9388/req032_-_praca_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9389/req033_-_bebedouro_severo_gomide.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9390/requerimento_no_369-2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9391/15a_sessao_no_01_smtc_-_rua_c_alto_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9392/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9393/img20250428_09133927.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9394/img20250428_08552285.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9395/regulacao.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9396/2.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9397/requerimento_manutencao_geral_bairro_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9398/requerimento_aparelhos_ortodonticos.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9399/requerimento_lampadas_queimadas_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9400/req._15_sessao_-_consultas_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9401/req._15o_sessao_-_exame_de_audiometria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9402/indicacao_parlamentar_pires_belo20250424_16464343.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9408/represa_bica.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9409/sessao_ordinaria__06_de_maio_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9412/tapa_buraco_na_rua_ana_rosa_.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9413/estudos_para_viabilizar_o_pro_saude_aos_contrados_do_processo_simplificado_.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9414/req034_-_asfalto_av._ana_amaral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9415/req035_-_rua_wilsom_b_de_lima.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9416/req036_-_represa_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9417/16a_sessao_no_01_smtc_-_kii.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9418/img20250505_13091306.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9419/img20250505_13274467.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9420/indicacao_parlamentar_06.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9421/sessao_ordinaria_06_de_maio_2.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9422/indicacao_16a_sessao_pracas_do_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9423/indicacao_16a_sessao_cobertura_eldorado_0505.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9424/indicacao_16a_sessao_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9425/indicacao_16a_sessao_melhorias_na_sinalizacao_proximo_ao__pontal_0505.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9426/rua_itapaci.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9427/santa_monica.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9428/requerimento_transporte_uberlandia.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9429/requerimento_rocagem_da_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9430/requerimento_recapeamento_rua_142.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9431/sessao_ordinaria__06_de_maio_de_2025_03.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9432/requerimento_da_ponte_entre_catalao_e_davinopolis.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9433/req._16a_sessao-contratacao_de_psicologos.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9434/req._16a_sessao-programa_caminho_seguro.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9435/indicacao_parlamentarrepresa_luminacao20250505_08362110.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9436/indicacao_parlamentar_recapeamento_portal_do_lago20250505_08405924.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9446/fiscalizacao_barka_2.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9447/limpeza_lotes.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9448/sessao_ordinaria_13_de_maio_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9449/sessao_ordinaria_13_de_maio_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9450/solicitando_a_implantacao_de_sentido_unico_na_rua_grupiara20250512_09422714.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9451/requerimento_cleuber_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9452/requerimento_daniel_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9453/manutencao_campo_pedro_garrincha.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9454/26_reconstrucao_ponte.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9455/req037_-_iluminacao_raulina.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9456/req038_-_cmei_anibal_rosa.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9457/17a_sessao__no_01_ultrassom_morfologico.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9458/img20250512_13502668.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9459/img20250512_13583869.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9460/requerimento_eleicao_mesa.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9461/requerimento_plenario_17a_sessao_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9462/indicacao_17a_sessao_07_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9463/requerimento_17a_sessao_plenario_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9464/requerimento_aumento_de_vagas_endoscopia.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9465/requerimento_mes_amarelo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9466/requerimento_rocagem_av._castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9467/requerimento_de_instalacao_de_um_radar.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9468/requerimento_de_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9469/requerimento_de_limpeza_no_bairro_cruzeiro_2.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9470/req._17o_sessao_-_implantacao_de_um_sistema.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9471/req.17o_sessao_-limpeza_calcada_escola_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9472/req._17o_sessao_-_cilindro_oxigenio.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9473/smtc_maria_amelia20250512_09461328.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9474/praca_estrela20250512_09415585.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9479/sessao_ordinaria_20_de_maio_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9480/sessao_ordinaria_20_de_maio_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9481/plataforma_ferroviaria_.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9482/req039_-_ponte_margarido_bibica.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9483/req040_-_parapeito_r_eloi.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9484/req041_-_iluminacao_paqueta.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9485/requerimento_ver._gilmar_limpeza_e_rocagem_do_morro_de_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9486/18a_sessao_no01_descedouro_publico_municipal_serra_do_facao.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9487/18a_sessao_no_02_smtc_-_av._central_cisterna.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9488/img20250519_10362469.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9489/img20250519_10402896.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9490/18o_sessao_blusas_de_frio.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9491/indicacao_18a_sessao_07_redutor_velocidade_2_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9492/indicacao_18a_sessao_asfalto_na_rua_a_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9493/requerimento_construcao_unidade_de_saude_bairro_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9494/requerimento_sinalizacao_das_ruas_bairro_jardim_primavera.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9495/requerimento_asfaltamento_da_associacao_dos_transportadores.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9496/requerimento_para_contratar_func._patrulha_ambiental.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9497/req.18o_sessao_-_continuidade_calcada_castelo_branco-.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9498/req.18o_sessao_-_construcao_de_praca_publica--.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9499/praca_do_dinos_20250519_08023344.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9500/iluminacao_represa20250519_08101961.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9501/sae_evelina_nour20250519_08122776.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9502/12_-_extensao_rua.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9512/transito.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9513/limpeza_represa.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9514/sessao_ordinaria_-_27_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9515/sessao_ordinaria_27_de_maio.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9516/poda_de_arvores_na_represa_monsenhor_souza20250526_10332291.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9517/avenida_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9518/manutencao_da_rua_28.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9519/requerimento_hospital_municipal_veterinario.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9520/req042_-_av._das_americas.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9521/req044_-_asfalto_rua_da_soja.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9522/req047_-_praca_goianiense_ii.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9523/req045_-_limpeza_r._orcalino.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9524/req043_-_asfalto_c_castracao.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9525/req046_-_asfalto_rua_augusto_silvestre.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9526/19a_sessao_no_01_smtc_-__sinalizacao_ufg.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9527/19a_sessao_no02_-_clean_master_cacamba_s._joao.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9528/img20250526_14582226.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao_parlamentar_07.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9530/indicacao_19a_sacos_exumacao.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9531/indicacao_19a_limpeza_caixa_de_agua_cisterna.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9532/indicacao_19a_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao_20a_asfalto_maria_amelia_portal_do_lago.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao_20a_nosso_pronto_atendimento_infantil_pae.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9535/ortopedista2.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9536/abs.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9537/requerimento_cirurgia_retirada_de_calculos_renais.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9538/requerimento_faixa_de_pedestre_av._espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9539/requerimento_sinalizacao_e_quebra_molas_rua_das_orquideas.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9540/requerimento_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9541/requerimento_aumento_das_diarias_dos_motoristas_da_saude.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9542/requerimento_para_contratar_func._patrulha_ambiental.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9543/req._19o_sessao.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9544/praca_evelina_nour20250526_09121313.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9551/sessao_ordinaria_03_de_junho_01.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9552/sessao_ordinaria_03_de_junho_02.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9553/solicitando_recapeamento_da_rua_italcolomi_santa_monica20250530_09145769.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9554/prefeitura_nos_bairros_.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9555/ampliaacao_do_telhado_da_quadra_da_custodia.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9561/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9557/req048_-_prefeitura_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9558/req049_-_limpeza_jesus_guerreiro.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9559/req051_-_r_estreita.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9560/requerimento_ver._gilmar__construcao_de_quadra_poliesportiva_portal_do_lago.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9562/indicacao_21a_sessao_repressa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9563/indicacao_21a_sessao_vila_maranhense.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9564/anelviario.2.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9565/esgoto.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9566/requerimento_hospital_veterinario.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9567/requerimento__protecao_nas_tres_represas.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9568/requerimento_implantacao_do_curso_de_libras_para_socorristas.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9569/requerimento_de_confeccao_de_crachas.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9570/req.21o_sessao_-_programa_selo_empresa_amiga_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9571/req.21o_sessao_-_novo_acesso_ao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9572/psicologo20250530_08040332.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9573/ilumnacao_20250530_08080743.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9574/biopsia20250602_08375429.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9575/14_-_posto_de_saude_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9576/13_-_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9580/semaforo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9581/solicitando_um_redutor_de_velocidade_na_avenida_castelo_branco20250606_08233841.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9582/solicitando_um_espaco_de_convivencia_hospital_materno_infantil20250606_08300400.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9583/posto_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9584/solicitacao_de_contratacao_de_medico_ortopedista_.pdf01.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9585/req052_-_ppp.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9586/req050_-_aspedec.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9587/req053_-_limpeza_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9588/img20250609_10490267.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9589/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9590/indicacao_22a_sessao_retirada_das_cestas_basicas_pelos_funcionarios_da_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9591/indicacao_22a_sessao_solicitacao_para_realizacao_de_mutirao_de_laqueadura.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9592/indicacao_22a_cateter_de_alto_fluxo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9593/requerimento_sinalizacao_avenida_wilson_de_lima.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9594/requerimento_sistema_de_agua_na_comunidade_cisterna.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9595/requerimento_rocagem_morro_do_sao_joao_1.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9596/requerimento_de_informacao_do_hospital_universitario_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9620/sessao_ordinaria__24_de_junho_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9621/sessao_ordinaria__24_de_junho_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9622/sessao_ordinaria__24_de_junho_de_2025_03.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9618/solicitando_a_construcao_de__um_campo_de_futebol_na_praca_da_fe20250623_14422078.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9619/solicitando_averiguacao_de_praca_com_academia_parque_imperial20250623_15020363.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9623/pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9624/avenida_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9625/req054_-_r._jeremias_e_raulina.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9626/req055_-_r_das_orquideas.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9627/req056_-_r_nazareno_salviano.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9628/requerimento_ver._gilmar_smtc_redutor_de_velocidade_escola_patotinha.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9629/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9630/25a_sessao_aquisicao_de_caminhao_para_o_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9631/25a_sessao_melhorias_para_o_transito_proximo_ao_cmei_ana_maria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9632/25a_sessao_auxiliar_para_os_idosos_e_ampliacao_dos_dias_para_retirada_de_cesta.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9634/requerimento_construcao_praca_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9635/requerimento_reconstrucao_das_calcadas_ao_redor_das_represas_no_monsenhor_de_souza.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9636/requerimento_rocagem_do_arco_viario.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9637/15_-_rampa_de_acesso_cemiterio_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9638/requerimento_-_alteracao_de_emenda_-_anisio.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9639/requerimento_-_alteracao_de_emenda_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9640/requerimento_-_alteracao_de_emenda_-_idelvan.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9650/lampadas_represa_bica.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9651/sinalizacao_autoescola.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9652/sinalizacao_ruas_do_bairro_santa_helena.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9654/sessao_ordinaria_05_de_agosto_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9655/sessao_ordinaria_05_de_agosto_de_2025_280329_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9656/sessao_ordinaria_05_de_agosto_de_2025_280129_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9657/solicitando_construcao_de_um_espaco_acolhedor_descontracao_pai20250804_09195378.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9658/solicitando_a_implantacao_de_uma_praca_publica_maria_amelia_l20250804_09133393.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9660/solicitacao_de_iluminacao_do_trevo_que_da_acesso_a_go210.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9661/req057_-_sinalizacao_horizontal.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9662/req058_-_revitalizacao_praca_jd._italia.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9663/req059_-_vegetacao_aquatica_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9664/requerimento_ver._gilmar_sae_-_rede_de_esgoto_vila_erondina_e_jd._paraiso.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9665/requerimento_ver._gilmar__prefeito_velomar_doacao_de_terreno_para_sint-iefesgo.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9666/26a_sessao_no03_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9667/26a_sessao_no_01_smtc_-_sinalizacao_rua_salustiano_da_paz_ipanema.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9668/26a_sessao_no_02_smtc_-_area_de_espera_motos.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9669/img20250804_10092938.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9670/img20250804_10123205.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9671/26a_sessao_solicitacao_de_criacao_de_faixas_elevadas_em_frente_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9672/26a_sessao_solicitacao_de_forca-tarefa_para_limpeza_e_manutencao_no_bairro_jardim_catalao.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9673/26a_solicitacao_de_concessao_de_terreno_para_construcao_de_centro_comunitario_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9674/requerimento_sinalizacao_em_frente_ao_colegio_militar_iris_rezende.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9675/requerimento_mata_burro_comunidade_anta_gorda.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9676/requerimento_redes_de_protecao_quadra_do_parque_severo_gomides.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9677/requerimento_de_mudanca_do_horario_do_desfile_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9678/requerimento_de_asfalto_na_area_externa_do_asilo_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9679/requerimento_de_mudanca_da_cadeira_do_conselho_de_20para_24_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9680/requerimento_sec._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9681/indicacao_construcao_de_campo_20250804_13233447.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9682/reforma_ceu_das_artes20250804_13282019.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9694/creche_idosos.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9695/mata_burro_fazenda_retiro.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9696/sessao_ordinaria_12_de_agosto_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9697/sessao_ordinaria_12_de_agosto_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9698/sessao_ordinaria_12_de_agosto_de_2025_03.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9699/solicitando_a_implantacao_de_um_redutor_de_velocidade_rua_201020250811_08571861.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9700/requerimento_hospital_municipal_veterinario.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9701/avenida_anhanguera_.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9702/monsenhor_.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9703/req060_-_represa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9704/req062_-_lombada_conquista.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9705/req061_-_praca_do_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9706/27a_sessao_no01_upa.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9707/img20250808_15143509.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9708/otorrino_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9709/27a_sessao_reforma_da_praca_lazaro_domingos_jd_primavera.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9710/27a_sessao_cilindro_de_oxigenio_pequeno.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9711/27a_sessao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9712/postinhos.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9713/represa_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9714/requerimento_faixa_de_pedestre_em_frente_o_ifg.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9715/requerimento_reforma_no_ceu_das_artes.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9716/requerimento_rede_esgoto_bairro_setor_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9717/req._27a_mapa_interativo_da_dengue.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9718/req._27o_sessao_-_publicacao_visual_das_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9719/indicacao_otorrino20250811_13083605.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9720/indicacao_cdqc20250811_13143714.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9721/17_-_redutor_de_velocidade_rua_2010.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9722/19_-_poste_de_energia_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9723/18_-_casa_de_velorio_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9724/calcadao_represa_bica.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9728/implamentacao_de_mecanismo_que_viabilizem_a_cobranca_custos_sus20250818_10280159.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9729/criacao_do_complexo_esportivo_.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9730/criacao_da_ciclovia_.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9731/req064_-_faixa_de_pedestre_quadrangular.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9732/req065_-_ubs_jd_paraiso.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9733/req063_-_lombada_st._aeroporto.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9734/28a_sessao_no01_convenioclinica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9735/28a_sessao_solicita_providencias_para_a_reforma_da_igreja_de_sao_sebastiao_no_distrito_de_pires_belo..pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9736/28o_sessao_pedido_para_pavimentacao_asfaltica_em_uma_parte_da_via_publica_localizada_no_bairro_margon_iii..pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9737/28a_sessao_agilizacao_do_processo_de_corte_de_eucaliptos_localizados_na_avenida_joao_neves_vieira..pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9738/smtcnaescola2.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9739/esgotopontal2.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9740/requerimento_pintura_faixa_de_pedestre_rua_moises_salomao.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9741/requerimento_bala_de_oxigenio.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9742/requerimento_para_troca_de_lampada_queimada.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9743/requerimento_de_limpeza_no_bairro_jardim_primavera.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9744/requerimento_para_instalacao_de_um_radar_fixo_na_rua_das_orquideas_pela_segunda_vez.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9745/req.28o_sessao_-_solicitacao_de_coleta_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9752/praca_vereda_dos_buritis.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9753/quebra_mola_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9754/placa_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9757/sessao_ordinaria_26_de_agosto_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9758/sessao_ordinaria_26_de_agosto_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9759/construcao_de_uma_praca_na_vila_uniao_.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9760/reestruturacao_da_casa_do_artesao_.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao_sao_francisco_.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9762/represa_monsenhor_souza.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9763/req066_-_iluminacao_bica.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9764/req067_-_postes_clube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9765/req068_-_corrego_do_burro.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9766/29a_sessao_no01_recapeamento_e_sinalizacao_do_bairro_maria_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9767/img20250822_13262407.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9768/indicacao_parlamentar_-_programa_planilhas_ambientais.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9769/indicacao_parlamentar_-_secretaria_de_governo_1.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9770/requerimento_revitalizacao_praca_elias_saftle_1.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9771/requerimento_bala_de_oxigenio_1.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9772/requerimento_pintura_faixa_de_pedestre_rua_moises_salomao_1.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9774/requerimento_no_658-2025.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9775/requerimento_no_659-2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9776/reforma_caroklina_20250826_10201941.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9777/escola_castelo20250825_08215088.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9778/20_-_canteiro_do_bairro_ipanema.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9779/sessao_ordinaria_28_de_agosto_de_20251.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9780/sessao_ordinaria_28_de_agosto_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9781/req069_-_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9782/req070_-_mapa_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9783/requerimento_ver._gilmar_smtc_redutor_de_velocidade_airton_sena.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9784/requerimento_ver._gilmar__prefeito_velomar_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9785/img20250827_14072299.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9786/30a_solicitacao_de_caminhao_para_aulio_de_cascalhamento_e_reforma_da_ponte_riacho..pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9787/vestibular.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9788/pracaprimavera.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9789/requerimento_praca_no_bairo_village_1.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9790/limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9791/req.30o_sessao_-_limpeza_da_rua.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9792/casa_de_apoio_20250827_09495023.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9796/requerimento_procon.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9801/sessao_ordinaria_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9802/sessao_ordinaria__02_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9803/sessao_ordinaria__02_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9804/smtc.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9805/asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9806/reforma_da_ponte_da_regiao_matinha_.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9807/req071_-_mataburro.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9808/req072_-_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9809/iluminacao_represa.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9810/faixa_de_conflito.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9811/31o_sessao_solicita_a_companhia_equatorial_energia_e_ao_secretario_de_iluminacao_publica_a_substituicao_de_um_poste_de_iluminacao_publica_na_rua_01_bairro_dos_lucas..pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9812/31a_sessaosolicitacao_de_patrolamento_e_manutencao_da_estrada_de_custodia_com_foco_na_entrada_da_comunidade..pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9813/creche1pdf.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9814/faixa.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9815/requerimento_programa_saude_na_roca.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9816/requerimento_melhoria_no_transito_da_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9817/requerimento_cadeiras_sala_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9818/req.31o_sessao_-_drenagem_urbana.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9831/banheiros_quimicos.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9832/sessao_ordinaria__09_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9833/sessao_ordinaria__09_de_setembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9834/sessao_ordinaria__09_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9835/solicitando_uma_nova_sinalizacao_em_frente_mercearia_tem_tem20250908_08502444.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9836/sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9837/horas_extras_.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9838/37_smtc_rua_rosemar_paranhos.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9839/reforma_da_ponte_da_regiao_matinha_.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9840/req073_-_praca_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9841/req074_-_lombada_margon3.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9842/req075_-_faixa_de_pedestres_e_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9843/32a_sessao_no01empreendimentos_lazer_e_turismo_represa_clube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9844/32o_sessao_pavimentacao_asfaltica_da_rodovia_go-506..pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9845/32a_sessao__providencias_urgentes_para_a_instalacao_de_iluminacao_nas_pracas_localizadas_nos_bairros_castelo_branco_e_eldorado..pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9846/32a_sessao__instalacao_de_rede_de_esgoto_na_rua_madre_esperanca_garrido_bairro_monsenhor_souza..pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9847/quadra.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9848/faixaelevada.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9849/requerimento_patrolamento_estrada_regiao_da_custodia_-_faz._marcelo_d2.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9850/requerimento_lampadas_queimadas_complexo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9851/requerimento_mutirao_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao_sinalizacao20250908_08115666.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9853/indicacao_para_fazer_reforma_no_mon_senhor20250908_08195939.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9861/conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9862/campo_martirios.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9863/ponte.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9864/sessao_ordinaria__16_de_setembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9865/sessao_ordinaria__16_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9866/sessao_ordinaria__16_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9867/solicitando_recapiamento_asfaltico_da_rua_tamoios20250912_10372939.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9868/criacao_segunda_unidade_do_conselho_tutelar_em_catalao20250912_10472530.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9869/req076_-_piso_tatil.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9870/req077___redutor_532.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9871/requerimento_ver._gilmar_jardinagem_caps_infantil.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9872/33a_implementacao_de_uma_area_de_diversao_e_lazer_no_canteiro_central_localizado_entre_a_go_210_e_a_avenida_belo_horizonte_na_vila_erondina_saida_para_goiandira..pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9873/33a_sessao_reposicao_de_todas_as_lampadas_queimadas_nos_postes_de_iluminacao_publica_em_todo_o_perimetro_urbano..pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9874/poste.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9875/financeira.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9877/requerimento_abertura_no_canteiro.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9878/requerimento_limpeza_posto_de_saude_lamartine.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9879/requerimento_rede_fluvial_rua_98.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao_parlamentar_54.2025_-_limpeza.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9881/indicacao_parlamentar_53.2025_-_smtc.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9894/sessao_ordinaria_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9895/sessao_ordinaria_23_de_setembro_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9896/casa_do_artesao_.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9897/ambulancia.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9898/suporte_basico_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9899/req078_-_recapeamento_maria_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9900/req079_-_mata-burro_campo_limpo.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9902/sessao_34a__fiscalizacao_do_cumprimento_da_lei.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9903/faixajose.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9904/maounica.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9905/requerimento__campanha_educativa_de_transito.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9906/requerimento_cascalhamento_regiao_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9907/requerimento_iluminacao_av._santo.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9911/sessao_ordinaria__30de_setembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9912/sessao_ordinaria__30_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9913/sessao_ordinaria__30_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9914/solicitando_a_revitalizacao_espaco_publico_rua_um_universitario20250929_10415523.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9915/35a_sessao_no01_eleicao_diretores_esc._municipais_e_cmei.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9916/35a_sessao_no_02_acesso_km283.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9917/35a_sessao_no03_convenio_bbm_e_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9918/cidadejardim.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9919/santoanto.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9920/requerimento__placa_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9921/requerimento__ligacao_da_avenida_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9922/requerimento__academia_ar_livre_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9923/requerimento_prefeito_e_financas_-__adicional_de_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9924/23_-_mao_unica_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9925/35a_sessao_solicitacao_de_providencias_para_melhorias_nos_cemiterios_das_zonas_rurais_do_municipio_de_catalao..pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9926/35a_sessao_verba_para_as_cirurgias_de_neurologia.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9927/35a_solicita_a_contratacao_de_zeladores_e_coveiros_para_o_cemiterio_da_zona_rural_e_distritos..pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9934/sessao_ordinaria_-_07_de_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9935/solicitando_o_recapiamento_das_vias_do_bairro_maria_amelia_ll20251003_08595729.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9936/smtc_sinalizacao_maria_amelia_.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9937/smtc_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9938/praca_na_vila_uniao_.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9939/req080_-_recapeamento_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9940/req081_-_redutor_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9941/36a_sessao_no01__praca_lazaro_domingos.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9942/sessao_36a_no02_praca_do_estrela.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9943/36a_sessao_no03_cons._mun._cca.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9944/36a_sessao_solicita_a_implantacao_de_vagas_de_estacionamento_exclusivas_para_ambulancias_e_idosos_em_frente_as_unidades_de_saude_do_municipio_e_distritos..pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9945/36a_sessao_solicita__curso_profissionalizante_de_corte_e_costura.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9946/metanol.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9947/esgotoboavista.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9948/requerimento_asfalto_rua_612.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9949/requerimento_manutencao_praca_duque_caxias.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9950/req._36o_sessao_-_construcao_de_praca_publica_st.aeroporto.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9951/req._36o_sessao_-_solicita_a_intensificacao_do_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9952/indicacao_parlamentar_56.2025.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9953/indicacao_parlamentar_55.2025.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9954/indicacao_parlamentar_57.2025.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9955/22_-_mata_burro_wilson_pereira_.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9956/21_-_mata_burro_expedito.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9964/sessao_ordinaria__14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9965/sessao_ordinaria__14_de_outubro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9966/requerimento_-_cleuber.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9967/smtc_jose_.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9968/req083_-_limp._praca_do_setor_universitario.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9969/req082_-_praca_vila_liberdade.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9970/37a_sessao_no_02_reforma_ps._cast.bco.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9971/37a_sessao_no03__ligacao_esgoto.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9972/37a_sessao_no01_convenioclinica_castracao.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9973/37a_sessao_solicita_ao_poder_executivo_a_cessao_de_um_terreno_publico_para_a_construcao_de_um_abrigo_municipal_para_caes_e_gatos_em_parceria_com_protetores_de_animais_independentes.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9974/37a_sessao_solicitacao_de_estudos_e_perfuracao_de_pocos_artesianos_nas_zonas_rurais_do_municipio_de_catalao..pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9975/cacamba.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9976/setor.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9977/terreno.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9978/requerimento_panoramica_dental.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9979/requerimento_tampa_bueiro_av._20_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9980/req.37_sessao_-_consultas_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9981/req.37a_sessao_-_instalacao_de_cacamba.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9982/indicacao_parlamentar_59.2025.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9983/indicacao_parlamentar_58.2025.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9989/praca_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9990/recapeamento.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9991/req083_-_rua_79_marcone.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9992/req084_-_mureta_rua_da_soja.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9993/reajuste_motorista.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9994/internet_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9995/38o_sessao_solicita_a_instalacao_de_rede_de_iluminacao_publica_no_perimetro_da_go-330_no_trevo_de_acesso_ao_bairro_portal_do_lago.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9996/vacinas.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9997/geriatra.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9998/requerimento_medico_otorrinolaringologista.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9999/requerimento_construcao_praca_leblon.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10000/requerimento_sinalizacao_das_ruas_bairro_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10001/req.38o_sessao_-_exames_cardiologicos.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10002/req.38o_sessao_-_estudo_para_acesso_av_lamartine.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao_parlamentar_60.2025.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10004/indicacao_parlamentar_61.2025.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10005/25_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10016/represa_bica.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10017/policiamento_ronda_na_praca_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10018/sessao_ordinaria_28_de_outubro_de_20252.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10019/sessao_ordinaria_28_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10020/sessao_ordinaria_28_de_outubro_de_20251.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10021/solicitando_a_retirada_do_mato_e_dos_aguapes_represa_monsenhor_20251024_09520630.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10022/44_smtc_dona_matilde.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10023/req085_-_camera_represa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10024/req086_-_rotatoria_portugal_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10025/req087_-_rua_monte_libano.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10026/req088_-_bebedouro_quadra_margon.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10027/requerimento_ver._gilmar_secretaria_de_esportes_e_obras_academia_e_arborizacao_morro_das_tres_cruzes.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10028/39a_e_40a_sessao_no_01_agencia_de_correios_-.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10029/39a_e_40a_sessao_no02_sede_para_assoc._c.bco..pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10030/39a_e_40a_sessao_no03__praca_dinossauro.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10031/39a_sessao_solicita_o_envio_de_oficio_aos_orgaos_competentes_para_a_realizacao_de_manutencao_limpeza_desassoreamento_e_providencias_urgentes_quanto_ao_esgoto_das_represas_do_monsenhor_souza.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10032/39o_sessao_solicita_a_implementacao_de_uma_pista_de_corrida_profissional_para_atletas_da_modalidade_no_municipio_de_catalao_goias.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10033/39o_sessao_solicita_a_instalacao_de_cameras_de_vigilancia_nas_unidades_de_pronto_atendimento_upas_do_municipio_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10034/pracaportal.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10035/requerimento_sinalizacao_das_ruas_bairro_jardim_paraiso.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10036/requerimento_sinalizacao_do_pare_na_rua_travessa_8.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10037/requerimento_construcao_bosque_2_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10038/indicacao_parlamentar_62.2025.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10039/indicacao_parlamentar_63_2025.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10040/req.39o_sessao_-_recapeamento_asfaltico_maria_amelia_1.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10041/req._39o_sessao_-_faixa_elevada_av_20_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10056/eco_ponto.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10060/sessao_ordinaria_04_de__novembro_de_20251.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10061/sessao_ordinaria_04_de__novembro_de_20252.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10062/sessao_ordinaria_04_de__novembro_de_20253.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10063/solicitando_o_recapiamento_da_avenida_l-2_bairro_pontal_norte20251103_08550600.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10064/45_estrutura_.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10065/limpeza_e_revitalizacao_do_bosque_do_veredas_dos_buritis.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10066/req089_-_bebedouro_severo_gomide.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10067/req090_-_r._uruguai.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10068/41a_sessao_no_01_smtc_r._nicolau_abraao.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10069/41a_sessao_no_02_smtc_-_sinalizacao_rua_sao_vicente_do_araguaia_com_av._eliane_leao_margon.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10070/41a_sessao_solicita__gastroenterologista_24_horas.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10071/41o_sessao_solicita_a_instalacao_de_cameras_de_vigilancia_nas_unidades_de_pronto_atendimento_ubss_do_municipio_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10072/41a_sessao_solicita_o_envio_de_oficio_aos_orgaos_competentes_para_a_realizacao_de_manutencao_limpeza_desassoreamento_e_providencias_urgentes_quanto_ao_esgoto_das_represas_do_monsenhor_souza.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10073/camerasuna.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10074/lixeiras.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10075/boavista1.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10076/requerimento_limpeza_corrego_do_cacador.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10077/req.41o_sessao_-_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10078/req.41o_sessao_-dia_mundial_dos_diabeticos.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10079/indicacao_parlamentar_64.2025.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10097/asfalto_de_rua.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10098/sessao_ordinaria_11_de_novembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10099/sessao_ordinaria_11_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10100/46_smtc_ieq.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10101/47_campo_bello.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10102/criacao_do_complexo_esportivo_.docx10112025.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10103/req091_-_dreno_20_agosto.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10104/requerimento_-_av._goias_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10105/42a_sessao__no02__quadra_de_areia_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10106/42a_sessao_no01_pca_redonda.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10107/fiscalizacao_carga_e_descarga.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10108/quadra_setor.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10109/42a_sessao_solicita_a_contratacao_de_assistente_social_para_a_prestacao_de_servicos_no_presidio_de_catalao-go_em_cumprimento_ao_disposto_na_lei_de_execucao_penal_lep..pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10110/indicacao_42a_sessao-_solicito_uma_acao_imediata_para_a_seguranca_das_merendeiras_das_escolas_municipais..pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10111/nataldeluz.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10112/vascular.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10113/requerimento_sinalizacao_da_rotatoria_da_rua_salustiano_da_paz.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10114/requerimento_estudo_de_transito_da_rua_papoula.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10115/requerimento_carga_horaria_dos_tratoristas.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10116/indicacao_parlamentar_65.2025.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10117/indicacao_parlamentar_66.2025.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10128/asfalto_av_maria_marcelina.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10129/sinalizacao_faixa_de_pedestre_pontal_atacado.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10130/sessao_ordinaria_18_de_novembro_assinado.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10131/48_revitalizacao_praca_castelo_branco_ii.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10132/req093_-_arvore_sta._helena.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10133/43a_sessao_no_01_iluminacao_da_represa_clube_do_povo_-.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10134/43a_sessao_no02_limpeza_das_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10135/43a_sessao_melhorias_nas_condicoes_de_trabalho_para_merendeiras_e_profissionais_de_servicos_gerais__municipal.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10136/43a_sessao_prefeitura_nos_bairros_santo_antonio_do_rio_verde.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10137/obstetra.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10138/ondulacao.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10139/requerimento_praca_vila_uniao.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10140/requerimento_recapeamento_bairro_maria_amelia_ii.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10141/requerimento_praca_setor_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10142/indicacao_parlamentar_-_saude.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10143/indicacao_parlamentar_-_sae.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10144/indicacao_parlamentar_-_smtc.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10145/req.43o_sessao_-_recapeamento_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10149/poda_de_de_arvores_no_setor_marcone.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10150/calcadao_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10151/pedindo_que_seja_feita_um_reservatorio_de_agua_paineiras20251124_10103011.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10152/solicitacao_de_reforma_do_posto_paulo_de_tarso_.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10153/req094_-_vaga_deficientes.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10154/req095_-_pracas_eldorado.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10155/req096_-_rocagem_jesus_guerreiro.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10156/iluminacao_cesuc.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10157/44a_sessao_no_01_ampliacao_do_centro_de_regulacao.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10158/44a_sessao_solicitacao_de_providencias_urgentes_quanto_a_retirada_de_uma_arvore_em_area_verde.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10159/village.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10160/ondulacaosevero.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10161/requerimento_patrolamento_estrada_regiao_da_sucupira.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10162/requerimento_lampadas_queimadas_praca_redonda.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10163/req.44o_sessao_-_limpeza_na_represa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10164/req.44_sessao_-__programa_municipal_de_prevencao_a_amputacoes_em_pessoas_com_diabetes.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao_parlamentar_70.2025.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao_parlamentar_71.2025.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10184/asfalto_de_rua.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10185/carro_morada_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10186/49_faixas_elevadas.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10187/50_manutencao_represa_calixto_abraao.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10190/semafaro_do_entroncamento_da_rua_mandaguari_.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10191/requerimento_ver._gilmar_smtc_instalacao_semaforo.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10192/requerimento_ver._gilmar_smtc_faixa_de_pedestre_ricardo_paranhos.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10193/48a_sessao_no01_recapeamento_conquista.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10194/48a_sessao_no02_torcida_premiada_do_leao_do_sul._2.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10195/49a_sessao_solicita_pavimentacao_asfaltica_para_a_rua_l2..pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10196/caic.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10197/gps1.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10198/requerimento_bala_de_oxigenio_2.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10199/requerimento_farmacia_manipulada.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10200/requerimento_faixa_de_pedestre_sae.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10201/req.48o_sessao_-_camaras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10202/26_-_arborizacao_e_drenagem_avenida_albino.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9986/emenda_aditiva_ao_pl_no_102-2025_-_ccj_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10146/emenda_a_loa_01-2025_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8937/mocao_de_pesar_leo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8938/img20250203_09323287.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8969/img20250203_09323287.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8970/img20250203_15013637.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9020/mocaosapl.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9021/mocao_de_apalusos_-_dr._ramon_01.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9030/mocao_de_aplauso_certo_rotated.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9066/mocao_pesar_-_maria_conceicao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9067/4a_sessao__-_mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9090/mocao_de_apaluso_sr_ozanio20250224_15082394.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9096/mocao_de_pesar_5a_sessao_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9114/mocao_jeferson20250228_13500585.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9125/mocao_aplauso_-_dia_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9126/mocao_repudio_-_equatorial.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9127/mocao_de_pensar20250311_13574513.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9156/mocao_de_pesar_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9157/mocao_de_aplausos_001_-_mnv.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9193/mocao_igreja.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9197/mocao_de_pesar_-_sebastiao_goncalves_rios.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9204/mocao_de_aplausos_-_25_de_marco.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9232/mocao_de_pesar__002_-_osvaldo_henrique.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9233/mocao_de_aplausos_-_01_de_abril.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9234/mocao_de_aplauso_dimic20250328_08093778.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9278/mocaosesi.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9311/mocao_de_aplausos_-_mocao_de_aplausos_aos_policiais_da_companhia_de_policiamento_especializado_de_goias_cpe_e_a_policia_militar_de_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9312/mocao_de_aplausos_-_15_de_abril_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9313/mocao_de_aplauso_sae20250414_09330380.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9314/mocao_de_aplauso_velomar20250414_09375568.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9376/15a_sessao__-_mocao_de_pesar_-_luiz_felipe.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9377/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9410/mocao_de_aplauso_raphael_mesquita_mendes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9411/mocao_de_aplauso_jason20250505_13201904.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9442/mocao_de_aplauso_-_esportes_central.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9443/mocao_de_aplauso_-_luna_freire.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9444/mocao_de_aplausos_-_13_de_maio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9445/mocao_de_pesar_a_familia_da_senhora_maria_izildinha_da_silva._20250512_09330876.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9478/mocao_de_aplausos_-_20_de_maio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9510/mocao_de_pesar__a_familia_do_nobre_sr_joao_domingos_dos_santos20250526_08273447.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9511/mocao_pesar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9649/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9653/mocao_de_aplausos_ao_sindicato_rural_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9693/27a_sessao__-_mocao_de_aplauso_sefac.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9755/mocao_de_aplauso_bombeiro_rener.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9756/img20250822_14391907.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9799/mocao_de_aplausos_a_asa_corretora_de_seguros.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9800/31a_sessao_mocao_de_aplausos_para_o_senhor_dep._zacarias_calil.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9827/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9828/mocao_de_aplausos_lacos_de_bem.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9829/mocao_de_aplausos_a_anderia_amorim_pelo_livro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9830/mocao_de_pesar_-_silvinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9876/mocao_-__uti.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9893/mocao_de_aplausos_01.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9933/mocao_de_aplauso..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9984/mocao_de_aplausos_004_-_equipe_veratz.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10006/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10007/24_-_mocao_de_pesar_dilma.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10008/mocao_aplausos_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10014/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10015/40a_sessao_concede_louvor_e_aplausos_ao_senhor_eliton_evangelista_da_rocha_jorge.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10044/mocao_de_aplausos_ao_superintende_da_sae_rogerio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10045/mocao_-_jair_28-11.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10057/mocao_de_aplausos_-_colegio_gabarito.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10058/mocao_flavia_moraes.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10096/mocao_-_silvinha_-_flavio..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10125/mocao_de_aplausos_005_-_sensuelle.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10126/mocao_adisgo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10127/mocao_de_aplauso_-_ronaldo_smtc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10148/mocao_de_pesar_pastor_euripedes_de_honra__20251124_10545644.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10167/mocao_de_pesar_-_pastor_euripedes_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10188/mocao_de_aplauso_bussola.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10189/mocao_repudio_-_complexo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9155/projeto_de_decreto_legislativo_no_01-2024_-_cleriston.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9192/projeto_de_decreto_legislativo_no_02-2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9231/projeto_decreto_legislativo_medalha_professor_jamil_barbosa_joao_paulo_ferreira_da_silva_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9272/projeto_de_decreto_legislativo_no_04-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9273/projeto_de_decreto_legislativo_no_05-2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9309/projeto_de_decreto_legislativo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9340/projeto_de_decreto_legislativo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9371/projeto_de_decreto_legislativo_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9372/projeto_de_decreto_legislativo_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9373/projeto_de_decreto_legislativo_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9374/projeto_de_decreto_legislativo_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9440/projeto_de_decreto_legislativo_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9441/projeto_de_decreto_legislativo_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9507/projeto_de_decreto_legislativo_no_14-2025..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9508/projeto_de_decreto_legislativo_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9509/projeto_de_decreto_legislativo_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9550/projeto_de_decreto_legislativo_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9577/projeto_de_decreto_legislativo_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9578/projeto_de_decreto_legislativo_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9579/projeto_de_decreto_legislativo_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9600/projeto_de_decreto_legislativo_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9601/projeto_de_decreto_legislativo_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9602/projeto_de_decreto_legislativo_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9603/projeto_de_decreto_legislativo_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9604/projeto_de_decreto_legislativo_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9605/projeto_de_decreto_legislativo_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9606/projeto_de_decreto_legislativo_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9607/projeto_de_decreto_legislativo_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9608/projeto_de_decreto_legislativo_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9609/projeto_de_decreto_legislativo_no_30-2025_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9610/projeto_de_decreto_legislativo_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9611/projeto_de_decreto_legislativo_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9633/projeto_de_decreto_legislativo_no_33-2025_.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9746/projeto_de_decreto_legislativo_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9747/projeto_de_decreto_legislativo_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9749/projeto_de_decreto_legislativo_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9750/projeto_de_decreto_legislativo_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9773/projeto_de_decreto_legislativo_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9798/projeto_de_decreto_legislativo_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9823/projeto_de_decreto_legislativo_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9858/projeto_de_decreto_legislativo_no_41_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9859/projeto_de_decreto_legislativo_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9882/projeto_de_decreto_legislativo_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9883/projeto_de_decreto_legislativo_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9910/projeto_de_decreto_legislativo_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9931/projeto_de_decreto_legislativo_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9957/projeto_de_decreto_legislativo_no_47-2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9962/projeto_de_decreto_de_legislativo_no_48-2025___granja_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9985/projeto_de_decreto_legislativo_no_49-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9988/projeto_de_decreto_legislativo_no_50-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10009/projeto_de_decreto_legislativo_no_51-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10011/projeto_de_decreto_legislativo_no_52-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10012/projeto_de_decreto_legislativo_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10013/projeto_de_decreto_legislativo_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10046/projeto_de_decreto_legislativo_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10047/projeto_de_decreto_legislativo_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10048/projeto_de_decreto_legislativo_no_57-2025..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10049/projeto_de_decreto_legislativo_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10051/projeto_de_decreto_legislativo_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10052/projeto_de_decreto_legislativo_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10054/projeto_de_decreto_legislativo_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10055/projeto_de_decreto_legislativo_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10082/projeto_de_decreto_legislativo_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10083/projeto_de_decreto_legislativo_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10084/projeto_de_decreto_legislativo_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10090/projeto_de_decreto_legislativo_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10091/projeto_de_decreto_legislativo_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10092/projeto_de_decreto_legislativo_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10093/projeto_de_decreto_legislativo_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10094/projeto_de_decreto_legislativo_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10095/projeto_de_decreto_legislativo_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8929/projeto_de_lei_001_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8930/projeto_de_lei_002_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8931/projeto_de_lei_003_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8932/projeto_de_lei_004_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8933/projeto_de_lei_005_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8934/006_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8935/007_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8936/projeto_de_lei_avenida_1_pagenumber_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8963/projeto_de_lei_no_9_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8964/projeto_de_lei_no_010_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8965/projeto_de_lei_no_011_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8966/projeto_de_lei_no_12_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8971/projeto_de_lei_no_13_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9009/projeto_de_lei_no_14_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9011/projeto_de_lei_no_15_2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9053/projeto_de_lei_no_16_2025_2.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9054/projeto_de_lei_no_17_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9101/projeto_de_lei_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9116/pl_019_2025_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9120/projeto_de_lei__n__20_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9121/projeto_de_lei_no_21-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9122/pl_022_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9124/projeto_de_lei_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9154/projeto_de_lei_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9185/projeto_de_lei_no_25-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9186/projeto_de_lei_no_26-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9187/projeto_de_lei_no_27-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9188/projeto_de_lei_no_28-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9189/projeto_de_lei_no_29-2024_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9190/projeto_de_lei_no_30_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9191/projeto_de_lei_no_31-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9194/projeto_de_lei_no_32-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9195/projeto_de_lei_no_33-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9196/projeto_de_lei_no_34-2025__pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9235/projeto_de_lei_no_35-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9236/projeto_de_lei_no_36-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9274/projeto_de_lei_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9303/projeto_de_lei_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9304/projeto_de_lei_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9305/projeto_de_lei_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9306/projeto_de_lei_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9307/projeto_de_lei_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9308/projeto_de_lei_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9310/projeto_de_lei_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9338/projeto_de_lei_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9339/projeto_de_lei_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9369/projeto_de_lei_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9370/projeto_de_lei_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9403/projeto_de_lei_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9404/projeto_de_lei_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9405/projeto_de_lei_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9407/projeto_de_lei_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9437/projeto_de_lei_no_53_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9438/projeto_de_lei_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9475/projeto_de_lei_no_55_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9476/projeto_de_lei_no_56--2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9477/projeto_de_lei_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9503/projeto_de_lei_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9504/projeto_de_lei_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9505/projeto_de_lei_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9506/projeto_de_lei_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9545/projeto_de_lei_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9547/projeto_de_lei_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9548/projeto_de_lei_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9549/projeto_de_lei_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9597/projeto_de_lei_no_66_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9598/projeto_de_lei_no_67_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9599/projeto_de_lei_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9612/projeto_de_lei_no_69-2025_.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9613/projeto_de_lei_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9614/projeto_de_lei_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9615/projeto_de_lei_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9616/projeto_de_lei_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9617/projeto_de_lei_no_74-2025_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9641/pl_desapropriacao_certidoes.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9642/projeto_de_lei_no_76-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9643/projeto_de_lei_no_77-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9644/pl_ferro_velho_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9645/ilovepdf_merged_1_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9646/pl_utilidade_publica_associacao_goiana_do_coracao_-_agc_1_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9647/pl_libras_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9648/projeto_de_lei_-_incentivo_financeiro_-_atleta_catalana_pagenumber_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9659/projeto_de_lei_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9683/projeto_de_lei_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9684/projeto_de_lei_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9685/projeto_de_lei_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9686/projeto_de_lei_no_87-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9687/projeto_de_lei_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9688/projeto_de_lei_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9689/projeto_de_lei_no_90-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9690/projeto_de_lei_no_91-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9691/projeto_de_lei_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9725/projeto_de__lei_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9726/projeto_de_lei_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9727/projeto_de_lei_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9751/projeto_de_lei_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9793/projeto_de_lei_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9794/projeto_de_lei_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9795/projeto_de_lei_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9797/projeto_de_lei_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9819/projeto_de_lei_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9821/projeto_de_lei_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9822/projeto_de_lei_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9824/projeto_de_lei_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9825/projeto_de_lei_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9826/projeto_de_lei_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9854/projeto_de_lei_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9855/projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9856/projeto_de_lei_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9857/projeto_de_lei_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9860/projeto_de_lei_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9884/projeto_de_lei_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9885/projeto_de_lei_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9886/projeto_de_lei_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9887/projeto_de_lei_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9888/projeto_de_lei_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9889/projeto_de_lei_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9890/projeto_de_lei_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9891/projeto_de_lei_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9892/projeto_de_lei_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9909/projeto_de_lei_no_121-2025_-_deposito_solidario__pagenumber_1_1.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9928/projeto_de_lei_no_122-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9929/projeto_de_lei_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9930/projeto_de_lei_no_124-2025_-_cmsan_-_semagri_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9932/projeto_de_lei_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9959/projeto_de_lei_no_126-2025_1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9960/projeto_de_lei_no_127-2025_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9961/projeto_de_lei_no_128-2025_1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9963/projeto_de_lei_no_129_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9987/projeto_de_lei_no_130_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10010/projeto_de_lei_no_131_2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10042/projeto_de_lei_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10043/projeto_de_lei_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10050/projeto_de_lei_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10059/projeto_de_lei_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10080/projeto_de_lei_no_136-2025_.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10085/projeto_de_lei_no_137-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10086/projeto_de_lei_no_138-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10087/projeto_de_lei_no_139-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10088/projeto_de_lei_no_140-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10089/projeto_de_lei_no_141-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10118/projeto_de_lei_no_142-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10119/projeto_de_lei_no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10120/projeto_de_lei_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10121/projeto_de_lei_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10122/projeto_de_lei_no_146-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10124/projeto_de_lei_no_147-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10147/projeto_de_lei_no_148-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10168/projeto_de_lei_no_149-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10169/projeto_de_lei_no_150-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10170/projeto_de_lei_no_151-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10171/projeto_de_lei_no_152-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10172/projeto_de_lei_no_153-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10173/projeto_de_lei_no_154-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10174/projeto_de_lei_no_155-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10175/projeto_de_lei_no_156-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10176/projeto_de_lei_no_157-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10177/projeto_de_lei_no_158-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10178/projeto_de_lei_no_159-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10180/projeto_de_lei_no_160-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10181/projeto_de_lei_no_161-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10182/projeto_de_lei_no_162-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10183/projeto_de_lei_no_163-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9010/projeto_de_lei_complementar_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9118/complementar_02_25_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9439/projeto_de_lei_complementar_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9546/projeto_de_lei_complementar_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9820/projeto_de_lei_complementar_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9958/projeto_de_lei_complementar_no_06-2025_1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10053/projeto_de_lei_complementar_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10123/projeto_de_lei_complementar_no_08-2025_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10179/projeto_de_lei_complementar_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9092/projeto_de_resolucao_no_01-2025_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9123/projeto_de_resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9406/projeto_de_resolucao_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10081/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8939/mata_burro_morro_agudo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8940/sessao_ordinaria_04_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8941/sessao_ordinaria_04_de_fevereiro_2.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8942/sessao_ordinaria_04_de_fevereiro_3.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8943/semaforo_na_av_jose_marcelino20250203_09145086.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8944/requerimento_-_limpeza_da_represa20250203_09102075.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8945/redutor_de_velocidade_-_jose_marcelino20250203_09124072.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8946/req_-_asfalto_jd_europa.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8947/req_-_asfalto_conquista.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8948/req_-_qmcjg.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8949/1a_sessao_-_no01_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8950/1a_sessao_no02_-__limpeza_recapeamento_ma_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8951/1a_sessao_no03_construcao_canil.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8952/img20250203_08144571.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8953/img20250203_08173756.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8954/img20250203_08192544.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8955/plenario_00320250203.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8956/plenario_00220250203.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8957/plenario_correcao20250204.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8958/requerimento_recapeamento_e_sinalizacao_rua_2009.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8959/requerimento_caixa_coletora_rua_14_de_julho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8960/requerimento_semaforo_rua_espanha_com_av._dr._larmartine.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8961/req._01o_sessao_-_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8962/req._01o_sessao_-_instalacao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8967/mata_burro_morro_agudo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8968/requerimento_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8972/sessao_ordinaria_04_e_11_de_fevereiro_3.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8973/sessao_ordinaria_04_e_11_de_fevereiro_2.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8974/sessao_ordinaria_04_e_11_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8975/semaforo_na_av_jose_marcelino_com_a_av__cento_e_onze20250210_09103265.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8976/redutor_de_velocidade_na_av_jose_marcelino20250210_09120918.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8977/limpeza_e_poda_das_arvores_das_represas_do_monsenhor_souza20250210_09075663.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8978/01_asfaltamento_sebastiao_de_padua.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8979/02_asfaltamento_l2.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8980/03_semafaro.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8981/conclusao_da_canalizacao_do_corrego_do_cacador.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8982/redutor_de_velocidade_na_rua_jocelio_gomes_.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8983/req_-_asfalto_jd_europa.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8984/req_-_asfalto_conquista.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8985/req_-_qmcjg.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8986/requerimento_01_ver._gilmar_smtc_redutor_de_velocidade_rua_espanha.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8987/1a_sessao_no03_construcao_canil.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8988/1a_sessao_-_no01_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8989/1a_sessao_no02_-__limpeza_recapeamento_ma_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8990/img20250206_13562290.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8991/img20250206_14023112.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8992/plenario_00620250210_0001.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8993/prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8994/plenario_00420250210.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8995/praca_da_bibliasapl.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8996/saudesapl3.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8997/requerimento_caixa_coletora_rua_14_de_julho.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8998/requerimento_recapeamento_e_sinalizacao_rua_2009.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/8999/requerimento_semaforo_rua_espanha_com_av._dr._larmartine.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9000/sessao_2_requerimento_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9001/sessao_2_requerimento_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9002/sessao_2_requerimento_compra_de_microonibus.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9003/req._02_sessao_-_vigilante_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9004/req._02o_sessao_-_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9005/req._02o_sessao_-_instalacao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9006/indicacao_parlamentar_smtc.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9007/indicacao_parlamentar_escola.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9008/indicacao_parlamentar_sae.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9012/banheiros_represa.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9013/redutor_de_velocidade_av_jose_maria_vieira_b._santa_helena.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9014/sessao_ordinaria_17_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9015/sessao_ordinaria_18_de_fevereiro_3.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9016/sessao_ordinaria_18_de_fevereiro_2.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9017/unidade_movel_de_saude20250217_10492628.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9018/reforma_da_calcada20250217_10263386.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9019/redutor_de_velocidade_na_rua_a20250217_10323785.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9022/04_substituicao_dos_refletores.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9023/06_revitalizacao_parque_setor.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9024/05_substituicao_da_academia.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9025/conclusao_da_canalizacao_do_corrego_do_cacador.pdf1702.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9026/req_-_rua_orcalino_paineiras.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9027/req_-_ubs_parmalat.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9028/req_-_ubs_pontal.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9029/redutor_de_velocidade_na_rua_jocelio_gomes_.docxbairo_sao_francisco.pdf_01.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9031/3a_sessao_no_02_iluminacao_da_represa_clube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9032/3a_sessao_no_01_-_colocacao_de_lixeiras_na_av._raulina.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9033/img20250213_08144244.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9034/img20250213_08161950.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9035/idicacao_remedios_na_hora.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9036/indicacao_medicos_pediatrico.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9037/aspdecsapl2.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9038/ceusapl.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9039/profapoiosapl.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9040/requerimento_rocagem_morro_do_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9041/requerimento_patrolamento_estrada_regiao_do_sao_domingos_-_placa_do_boi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9042/requerimento_recapeamento_rua_98.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9043/modelo_requerimento_de_exame_papanicolau.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9044/modelo_requerimento_para_reparo_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9045/modelo_requerimento_de_ovos_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9046/req._03o_sessao_-_combate_a_dengue.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9047/req._03o_sessao_-_limpeza_de_mato.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9048/indicacao_parlamentar_-_praca_joao_caludio_06.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9049/indicacao_parlametar_-_praca_emanuel_dos_santos_04.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9050/indicacao_parlamentar_-_rocagem_castelo_2_e_jardim_catalao_05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9051/requerimento_limpeza_campo_bello_ok.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9052/requerimento_academia_-_praca_da_vila_uniao.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9055/posto_saude_____sao_joao.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9056/sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9057/reforma_das_calcadas_das_reoresas_do_monsenhor_de_souza20250224_09145739.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9058/feitio_de_calcadas_nas_proximidades_da_santa_clara20250224_08544294.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9059/07_revitalizacao_pracas_do_eldorado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9060/req007_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9061/req008_-_rua_monte_libano.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9062/req009_-_fios_soltos.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9063/requerimento_ver._gilmar_secretaria_de_esportes_troca_refletores_vila_margom.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9064/requerimento_ver._gilmar_lampadas_da_praca_residencial_eldorado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9065/requerimento_ver._gilmar__asfalto_centro_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9068/4a_sessao_no_01_soltura_de_peixes_nas_represas.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9069/4a_sessao_no_02_farmacia_na_upa__no_b._estrela_-_copia.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9070/4a_sessao_no_03_banheiro_publico_na_represaclube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9071/img20250224_09301230.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9072/img20250224_09225901.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9073/requerimento_4asessao_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9074/requerimento_4a_sessao_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9075/indicacao_portal_do_lago2sap.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9076/indicacao_paineirassapl.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9077/aparelho_sapl.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9078/requerimento_limpeza_morro_das_tres_cruzes.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9079/requerimento__pista_de_caminhada_setor.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9080/requerimento_placa_de_identificacao_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9081/modelo_requerimento_do_pai_demora_no_atendimento.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9082/modelo_de_requerimento_soltura_de_peixes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9083/modelo_requerimento_para_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9084/req._04o_-recapeamento_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9085/req._04o_sessao_-_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9086/parlarmetar_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9087/parlarmentar_balsa_certa_.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9088/indicacao_parlamentar_jheferson20250224_13170530.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9089/tapa_buraco_-_acfertil.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9091/sessao_ordinaria_25_de_fevereiro_-_.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9093/5a_sessao_no_01_agencia_de_correios_santo_a._r._verde.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9094/5a_sessao__01_smtc_-_rua_nicolau_abraao.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9095/indicacao_smtc.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9097/sessao_ordinaria_27_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9098/indicacao_parlamentar_rua_lorena20250226_10225915.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9099/indicacao_parlamentar_rua_0620250226_10272491.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9100/praca_bairro_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9102/requerimento_5a_sessao_suplementos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9103/requerimento_ver_cleuber_-_recapeamento_rua_77.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9104/09_pcp.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9105/08_complexo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9106/req012_-_cac.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9107/img20250228_09043794.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9108/img20250228_09444426.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9109/indicacao_pracasetoruniv.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9110/indicacao_semaforo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9111/requerimento_patrolamento_estrada_regiao_do_ribeirao_-_cachoerinha.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9112/requerimento_recapeamento_rua_santa_cruz_-_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9113/requerimento_aumento_de_vagas_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9115/indicacao_parmentar_para_a_abertura_do_correio20250228_13590207.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9117/req010_-_canteiro_central.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9119/ubs_20250306_10211782.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9128/canaletas_rua_recife.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9129/casa_velorios_sarv.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9130/sessao_ordinaria_13_de_marco_01.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9131/sessao_ordinaria_13_de_marco_2.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9132/sessao_ordinaria_13_de_marco_3.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9133/casamentos_comunitarios20250312_09195452.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9134/rodoviaria20250312_09390711.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9135/represa_20250312_10181575.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9136/req014_-_semaforos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9137/req015_-_reforma_de_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9138/req013_-_rotatoria_sj.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9139/7a_sessao_no_01_-_veredas_dos_buritis_-_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9140/7a_sessao_no02_construcao__parque_ecologico_no_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9141/7a_sessao_no03_parceria__com_a_policia_militar_ambiental.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9142/img20250312_13381043.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9143/img20250312_13471122.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9144/santa_terezinhasapl.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9145/examedevistap.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9146/requerimento_estacionamento_da_escola_nilda_margon.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9147/requerimento_prazo_de_entrega_da_cesta.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9148/requerimento_meio_fio_rua_ricardo_paranhos.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9149/modelo_requerimento_para_conversao_das_cestas.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9150/modelo_requerimento_para_faixas_elevadas.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9151/modelo_requerimento_para_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9152/setor_aeroporto20250311_08100467.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9153/cidade_jardim20250311_08072439.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9158/banco_de_horas_pm..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9159/policiamento_pires_belo..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9160/requerimento_construcao_de_praca_bairro_progresso_2.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9161/sessao_ordinaria_18_de_marco_1.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9162/sessao_ordinaria_18_de_marco_2.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9163/sessao_ordinaria_18_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9164/insessao_de_agua_e_esgoto_para_portadores_do_tea20250317_10013874.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9165/insenssao_de_iptu__para_portadores_de_tea20250317_10105576.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9166/10_cobertura_dos_campos.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9167/11_bairro_conquista_01.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9168/mata_burro_e_ponte_na_regiao_matinha.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9169/req017_-_iluminacao_cdqc.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9170/req015_-_saida_pra_go-210_1.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9171/req016_-_rua_planaltina.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9172/8a_sessao__no02_fundacao_ma_das_dores_campos.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9173/8a_sessao_no01__praca_eldorado-antonio_vermelho.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9174/8a_sessao__no03_presidente_da_assembleia_legislativa_dep._estadual_jamil_e_gustavo..pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9175/indicacao_8a_sessao_.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9176/ondulacaoportaldolago2.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9177/ondulacaosaplok.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9178/requerimento_prefeitura_nos_bairros_-_cisterna.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9179/requerimento_lampadas_queimadas_comunidade_cisterna.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9180/requerimento_sinalicao_bairro_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9181/requerimento_de_intalacao_de_um_reservatorio_de_agua.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9182/requerimento_para_doacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9183/req._08_sessao_-_exames_e_consultas.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9184/indicacao_parlamentar_cesta_basicas_20250317_10102520.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9198/quadra_esportes_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9199/sinalizacao_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9200/seinfra.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9201/sessao_ordinaria_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9202/sessao_ordinaria_25_de_marco_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9203/sessao_ordinaria_25_de_marco_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9205/indicacao_parlamentar_-_cleuber_vaz.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9206/boa_vista_.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9207/redutor_de_velocidade_na_rua_hermoneges_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9208/req018_-_rotatoria_r.02deoutubro.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9209/req019_-_travessia_elevada_02_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9210/req020_-_ruas_santa_helena.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9211/9a_sessao__no01__quadra_de_esporte_jarbas_nascimento.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9212/9a_sessao_no02_construcao__campo_de_futebol_no_castelo_branco_i.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9213/9a_sessao_no_03_legenda_para_deficiente_auditivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9214/requerimento_ver._gilmar__jamil_calife_restaurante_do_bem.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9215/img20250321_13381484_e.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9216/img20250321_13331199s.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9217/requerimento_plenario_9a_sessao.calcada.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9218/requerimento_plenario_9a_sessao.anibal_rosa.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9219/bucal.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9220/ciom.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9221/requerimento_medico_comunidade_cisterna.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9222/requerimento_medico_ortopedista.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9223/requerimento_escoamento_de_agua_rua_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9224/requerimento_de_descarte_de_agua_de_piscinas.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9225/requerimento_para_instalacao_de_lixeiras_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9226/req._09o_sessao_-_limpeza_em_avenida.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9227/redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9228/sobre_vagas_de_creche20250324_09584024.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9229/cion_20250324_10024475.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9230/samu20250324_10062191.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9237/arco_viario.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9238/asfalto_sarv_25.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9239/balsa.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9240/sessao_ordinaria_01_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9241/sessao_ordinaria_01_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9242/praca_goianiense_i_e_ii_e_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9243/15_asfaltamento_centro_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9244/14_sinalizacao_da_rua_pernambuco.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9245/programa_ver_melhor_02042025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9246/req021_-_embarque-desembarque.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9247/req022_-_feira_coberta.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9248/req023_-_praca_do_rotary.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9249/req024_-_limp._represa.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9250/req025_-_limp._ciclovia.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9251/requerimento_ver._gilmar__complexo_poliesportivo_maria_amelia_ii.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9252/11a_sessao_no02_camara_de_monitoramento_nas__pracas.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9253/11a_sessao_no03_reuniao_instituto_alcance__-.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9254/11a_sessao__no01_ceu_das_artes.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9255/img20250331_10294644_i.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9256/img20250331_10393170_m.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9257/requerimento_plenario_10a_sessao_limpeza_e_desassoreamento_das_represas.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9258/correcao_requerimento_plenario_10a_sessao_suporte_a_pacientes_em_tratamento_de_saude.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9259/guarda.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9260/gps1.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9261/requerimento_reforma_cmei_anibal_rosa.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9262/requerimento_sinalizacao_rua_boiadeiros_com_flor_de_maio.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9263/requerimento_patrolamento_estrada_regiao_do_martirio_-_faz._limoeiros.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9264/requerimento_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9265/requerimento_para_o_transito_no_bairro_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9266/requerimento_aumentar_as_vagas_de_exames_de_endoscopia.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9267/req._11a_sessao_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9268/req._11_sessao_-_exames_e_consultas_na_central_de_regulacao_.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9269/indicacao_parlamentar_ronaldo20250328_09303910.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9270/indicacao_parlamentar_saude20250328_09540967.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9271/farmacia_auto_custo_20250401_10450957.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9275/ppp_castracao.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9276/calcada_mata_setor_universitario.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9277/esgoto_bairro_dos_lucas.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9279/16_rocagem_morrinho.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9280/18_mutirao_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9281/assistencia_ao_romeiro_da_vazante_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9282/req027_-_cruzamento_parmalat.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9283/req026_-_canteiro_r69.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9284/12a_sessao__no01_revitalizacao_da_reserva_ambiental_profa_luciene_souza.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9285/12a_sessao_no02_recapeamento_da_rua_96_bairro_castelo_branco_i.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9286/img20250407_13311779.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9287/solicitar_limpeza_de_area_jd._primavera_12asessao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9288/indicacao_praca_evelina_nour.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9289/pavimentacao_asfaltica20250408_09210004.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9290/feiraodoemprego.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9291/jardim_florenca2.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9292/requerimento_lampadas_queimadas_parque_paqueta.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9293/requerimento_ovos_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9294/requerimento__implantacao_de_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9295/requerimento_inst._de_um_bebedouro.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9296/requerimento_aumentar_as_vagas_de_consulta_para_pneumologista_e_endocrinologista.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9297/req._12a_sessao_-_instalacao_de_cacamba.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9298/req._12a_sessao_-_sinalizacao_caic.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9299/req._12a_teste_do_olhinho.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9300/indicacao_parlamentar_recapeamento_20250407_08154689.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9301/indicacao_parlamentar_caf20250407_08110236.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9302/requerimento_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9315/semaforos_escolas.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9316/sessao_ordinaria__15_de_abril_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9317/sessao_ordinaria__15_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9318/solicitando_que_seja_encaminhado_copias_as_autoridades_em_busca_de_melhorias_da_seguranca_no_bairro__alvina_albino_e_imediacoes..pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9319/criacao_da_secretaria_de_seguranca_publica_municipal_.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9320/req030_-_praca_erondida.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9321/req028_-_praca_da_fe.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9322/req029_-_limpeza_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9323/requerimento_ver._gilmar__criacao_de_ponto_de_apoio_para_os_entregadores_de_delivery.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9324/requerimento_ver._gilmar_smtc_redutor_de_velocidade_rua_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9325/13a_sessao_no01__const._praca.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9326/indicacao_13a_maria_amelia.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9327/indicacao_13a_rua_uruguai_1404.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9328/indicacao_13a_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9329/iluminacao.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9330/eventos.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9331/requerimento_implantacao_de_placa.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9332/requerimento_mudanca_da_rua_israel_almeida.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9333/requerimento_mata_do_estrela.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9334/req._13_sessao_-_consultas_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9335/req._13o_sessao_-_exame_de_audiometria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9336/jheferson_certa20250415_15130108.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9337/8-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9341/correios_sarv.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9342/sessao_ordinaria_22_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9343/sessao_ordinaria_22_de_abril_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9344/coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9345/requerimento_ver._gilmar__cobrir_quadra_do_paineiras.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9346/img20250416_14504378.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9347/img20250416_14281783.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9348/01.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9349/02.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9350/03.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9351/indicacao_14a_sessao_limpeza_jd._primavera.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9352/indicacao_14a_sessao_rua_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9353/indicacao_14a_sessao_ponte.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9354/20_estudo_rua_mandaguari.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9355/19_rocagem_.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9356/cacambas.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9357/vagas_app.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9358/requerimento_praca_no_bairo_village.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9359/requerimento_sinalizacao_das_ruas_bairro_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9360/requerimento_forro_no_crac.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9361/recapeamento_rua_alberto_elias_20250416_09362815.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9362/neoropediatra20250416_09394617.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9363/recapeamento_rua_a_20250416_09321689.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9364/10_-_alagamento_avenida_avelino_albino_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9365/11_-_indicacao_mato_alto_escola.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9366/9-_alagamento_rua_98.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9367/requerimento_-_eleicao_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9368/requerimento_-_secretaria_de_promocao_e_acao_social.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9375/correios_sarv.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9378/sessao_ordinaria__29_de_abril_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9379/sessao_ordinaria_29_de_abril_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9380/solicitando_a_analise_e_posteriormente_a_reforma_ou_reconstrucao_da_ponte_localizada_na_fazenda_cutodio_do_balsamo_situada_na_fazenda_custodio..pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9381/aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9382/rocagem_da_getulio_vaz.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9383/smtc.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9384/realizar_patrolamento_da_regiao_pe_do_morro_.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9385/solicitacao_de_aquisicao_de_consultorio_o_dontologico_adaptado_.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9386/seja_patrolada_a_estrada_vicinal_que_da_acesso_a_comunidade_da_fazenda_custodio..pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9387/req031_-_praca_vila_liberdade.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9388/req032_-_praca_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9389/req033_-_bebedouro_severo_gomide.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9390/requerimento_no_369-2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9391/15a_sessao_no_01_smtc_-_rua_c_alto_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9392/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9393/img20250428_09133927.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9394/img20250428_08552285.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9395/regulacao.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9396/2.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9397/requerimento_manutencao_geral_bairro_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9398/requerimento_aparelhos_ortodonticos.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9399/requerimento_lampadas_queimadas_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9400/req._15_sessao_-_consultas_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9401/req._15o_sessao_-_exame_de_audiometria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9402/indicacao_parlamentar_pires_belo20250424_16464343.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9408/represa_bica.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9409/sessao_ordinaria__06_de_maio_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9412/tapa_buraco_na_rua_ana_rosa_.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9413/estudos_para_viabilizar_o_pro_saude_aos_contrados_do_processo_simplificado_.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9414/req034_-_asfalto_av._ana_amaral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9415/req035_-_rua_wilsom_b_de_lima.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9416/req036_-_represa_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9417/16a_sessao_no_01_smtc_-_kii.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9418/img20250505_13091306.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9419/img20250505_13274467.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9420/indicacao_parlamentar_06.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9421/sessao_ordinaria_06_de_maio_2.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9422/indicacao_16a_sessao_pracas_do_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9423/indicacao_16a_sessao_cobertura_eldorado_0505.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9424/indicacao_16a_sessao_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9425/indicacao_16a_sessao_melhorias_na_sinalizacao_proximo_ao__pontal_0505.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9426/rua_itapaci.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9427/santa_monica.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9428/requerimento_transporte_uberlandia.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9429/requerimento_rocagem_da_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9430/requerimento_recapeamento_rua_142.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9431/sessao_ordinaria__06_de_maio_de_2025_03.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9432/requerimento_da_ponte_entre_catalao_e_davinopolis.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9433/req._16a_sessao-contratacao_de_psicologos.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9434/req._16a_sessao-programa_caminho_seguro.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9435/indicacao_parlamentarrepresa_luminacao20250505_08362110.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9436/indicacao_parlamentar_recapeamento_portal_do_lago20250505_08405924.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9446/fiscalizacao_barka_2.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9447/limpeza_lotes.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9448/sessao_ordinaria_13_de_maio_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9449/sessao_ordinaria_13_de_maio_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9450/solicitando_a_implantacao_de_sentido_unico_na_rua_grupiara20250512_09422714.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9451/requerimento_cleuber_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9452/requerimento_daniel_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9453/manutencao_campo_pedro_garrincha.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9454/26_reconstrucao_ponte.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9455/req037_-_iluminacao_raulina.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9456/req038_-_cmei_anibal_rosa.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9457/17a_sessao__no_01_ultrassom_morfologico.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9458/img20250512_13502668.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9459/img20250512_13583869.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9460/requerimento_eleicao_mesa.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9461/requerimento_plenario_17a_sessao_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9462/indicacao_17a_sessao_07_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9463/requerimento_17a_sessao_plenario_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9464/requerimento_aumento_de_vagas_endoscopia.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9465/requerimento_mes_amarelo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9466/requerimento_rocagem_av._castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9467/requerimento_de_instalacao_de_um_radar.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9468/requerimento_de_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9469/requerimento_de_limpeza_no_bairro_cruzeiro_2.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9470/req._17o_sessao_-_implantacao_de_um_sistema.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9471/req.17o_sessao_-limpeza_calcada_escola_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9472/req._17o_sessao_-_cilindro_oxigenio.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9473/smtc_maria_amelia20250512_09461328.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9474/praca_estrela20250512_09415585.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9479/sessao_ordinaria_20_de_maio_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9480/sessao_ordinaria_20_de_maio_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9481/plataforma_ferroviaria_.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9482/req039_-_ponte_margarido_bibica.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9483/req040_-_parapeito_r_eloi.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9484/req041_-_iluminacao_paqueta.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9485/requerimento_ver._gilmar_limpeza_e_rocagem_do_morro_de_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9486/18a_sessao_no01_descedouro_publico_municipal_serra_do_facao.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9487/18a_sessao_no_02_smtc_-_av._central_cisterna.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9488/img20250519_10362469.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9489/img20250519_10402896.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9490/18o_sessao_blusas_de_frio.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9491/indicacao_18a_sessao_07_redutor_velocidade_2_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9492/indicacao_18a_sessao_asfalto_na_rua_a_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9493/requerimento_construcao_unidade_de_saude_bairro_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9494/requerimento_sinalizacao_das_ruas_bairro_jardim_primavera.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9495/requerimento_asfaltamento_da_associacao_dos_transportadores.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9496/requerimento_para_contratar_func._patrulha_ambiental.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9497/req.18o_sessao_-_continuidade_calcada_castelo_branco-.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9498/req.18o_sessao_-_construcao_de_praca_publica--.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9499/praca_do_dinos_20250519_08023344.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9500/iluminacao_represa20250519_08101961.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9501/sae_evelina_nour20250519_08122776.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9502/12_-_extensao_rua.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9512/transito.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9513/limpeza_represa.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9514/sessao_ordinaria_-_27_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9515/sessao_ordinaria_27_de_maio.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9516/poda_de_arvores_na_represa_monsenhor_souza20250526_10332291.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9517/avenida_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9518/manutencao_da_rua_28.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9519/requerimento_hospital_municipal_veterinario.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9520/req042_-_av._das_americas.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9521/req044_-_asfalto_rua_da_soja.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9522/req047_-_praca_goianiense_ii.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9523/req045_-_limpeza_r._orcalino.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9524/req043_-_asfalto_c_castracao.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9525/req046_-_asfalto_rua_augusto_silvestre.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9526/19a_sessao_no_01_smtc_-__sinalizacao_ufg.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9527/19a_sessao_no02_-_clean_master_cacamba_s._joao.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9528/img20250526_14582226.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao_parlamentar_07.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9530/indicacao_19a_sacos_exumacao.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9531/indicacao_19a_limpeza_caixa_de_agua_cisterna.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9532/indicacao_19a_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao_20a_asfalto_maria_amelia_portal_do_lago.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao_20a_nosso_pronto_atendimento_infantil_pae.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9535/ortopedista2.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9536/abs.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9537/requerimento_cirurgia_retirada_de_calculos_renais.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9538/requerimento_faixa_de_pedestre_av._espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9539/requerimento_sinalizacao_e_quebra_molas_rua_das_orquideas.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9540/requerimento_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9541/requerimento_aumento_das_diarias_dos_motoristas_da_saude.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9542/requerimento_para_contratar_func._patrulha_ambiental.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9543/req._19o_sessao.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9544/praca_evelina_nour20250526_09121313.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9551/sessao_ordinaria_03_de_junho_01.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9552/sessao_ordinaria_03_de_junho_02.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9553/solicitando_recapeamento_da_rua_italcolomi_santa_monica20250530_09145769.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9554/prefeitura_nos_bairros_.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9555/ampliaacao_do_telhado_da_quadra_da_custodia.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9561/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9557/req048_-_prefeitura_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9558/req049_-_limpeza_jesus_guerreiro.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9559/req051_-_r_estreita.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9560/requerimento_ver._gilmar__construcao_de_quadra_poliesportiva_portal_do_lago.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9562/indicacao_21a_sessao_repressa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9563/indicacao_21a_sessao_vila_maranhense.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9564/anelviario.2.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9565/esgoto.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9566/requerimento_hospital_veterinario.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9567/requerimento__protecao_nas_tres_represas.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9568/requerimento_implantacao_do_curso_de_libras_para_socorristas.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9569/requerimento_de_confeccao_de_crachas.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9570/req.21o_sessao_-_programa_selo_empresa_amiga_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9571/req.21o_sessao_-_novo_acesso_ao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9572/psicologo20250530_08040332.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9573/ilumnacao_20250530_08080743.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9574/biopsia20250602_08375429.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9575/14_-_posto_de_saude_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9576/13_-_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9580/semaforo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9581/solicitando_um_redutor_de_velocidade_na_avenida_castelo_branco20250606_08233841.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9582/solicitando_um_espaco_de_convivencia_hospital_materno_infantil20250606_08300400.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9583/posto_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9584/solicitacao_de_contratacao_de_medico_ortopedista_.pdf01.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9585/req052_-_ppp.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9586/req050_-_aspedec.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9587/req053_-_limpeza_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9588/img20250609_10490267.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9589/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9590/indicacao_22a_sessao_retirada_das_cestas_basicas_pelos_funcionarios_da_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9591/indicacao_22a_sessao_solicitacao_para_realizacao_de_mutirao_de_laqueadura.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9592/indicacao_22a_cateter_de_alto_fluxo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9593/requerimento_sinalizacao_avenida_wilson_de_lima.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9594/requerimento_sistema_de_agua_na_comunidade_cisterna.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9595/requerimento_rocagem_morro_do_sao_joao_1.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9596/requerimento_de_informacao_do_hospital_universitario_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9620/sessao_ordinaria__24_de_junho_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9621/sessao_ordinaria__24_de_junho_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9622/sessao_ordinaria__24_de_junho_de_2025_03.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9618/solicitando_a_construcao_de__um_campo_de_futebol_na_praca_da_fe20250623_14422078.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9619/solicitando_averiguacao_de_praca_com_academia_parque_imperial20250623_15020363.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9623/pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9624/avenida_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9625/req054_-_r._jeremias_e_raulina.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9626/req055_-_r_das_orquideas.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9627/req056_-_r_nazareno_salviano.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9628/requerimento_ver._gilmar_smtc_redutor_de_velocidade_escola_patotinha.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9629/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9630/25a_sessao_aquisicao_de_caminhao_para_o_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9631/25a_sessao_melhorias_para_o_transito_proximo_ao_cmei_ana_maria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9632/25a_sessao_auxiliar_para_os_idosos_e_ampliacao_dos_dias_para_retirada_de_cesta.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9634/requerimento_construcao_praca_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9635/requerimento_reconstrucao_das_calcadas_ao_redor_das_represas_no_monsenhor_de_souza.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9636/requerimento_rocagem_do_arco_viario.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9637/15_-_rampa_de_acesso_cemiterio_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9638/requerimento_-_alteracao_de_emenda_-_anisio.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9639/requerimento_-_alteracao_de_emenda_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9640/requerimento_-_alteracao_de_emenda_-_idelvan.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9650/lampadas_represa_bica.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9651/sinalizacao_autoescola.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9652/sinalizacao_ruas_do_bairro_santa_helena.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9654/sessao_ordinaria_05_de_agosto_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9655/sessao_ordinaria_05_de_agosto_de_2025_280329_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9656/sessao_ordinaria_05_de_agosto_de_2025_280129_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9657/solicitando_construcao_de_um_espaco_acolhedor_descontracao_pai20250804_09195378.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9658/solicitando_a_implantacao_de_uma_praca_publica_maria_amelia_l20250804_09133393.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9660/solicitacao_de_iluminacao_do_trevo_que_da_acesso_a_go210.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9661/req057_-_sinalizacao_horizontal.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9662/req058_-_revitalizacao_praca_jd._italia.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9663/req059_-_vegetacao_aquatica_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9664/requerimento_ver._gilmar_sae_-_rede_de_esgoto_vila_erondina_e_jd._paraiso.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9665/requerimento_ver._gilmar__prefeito_velomar_doacao_de_terreno_para_sint-iefesgo.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9666/26a_sessao_no03_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9667/26a_sessao_no_01_smtc_-_sinalizacao_rua_salustiano_da_paz_ipanema.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9668/26a_sessao_no_02_smtc_-_area_de_espera_motos.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9669/img20250804_10092938.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9670/img20250804_10123205.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9671/26a_sessao_solicitacao_de_criacao_de_faixas_elevadas_em_frente_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9672/26a_sessao_solicitacao_de_forca-tarefa_para_limpeza_e_manutencao_no_bairro_jardim_catalao.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9673/26a_solicitacao_de_concessao_de_terreno_para_construcao_de_centro_comunitario_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9674/requerimento_sinalizacao_em_frente_ao_colegio_militar_iris_rezende.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9675/requerimento_mata_burro_comunidade_anta_gorda.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9676/requerimento_redes_de_protecao_quadra_do_parque_severo_gomides.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9677/requerimento_de_mudanca_do_horario_do_desfile_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9678/requerimento_de_asfalto_na_area_externa_do_asilo_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9679/requerimento_de_mudanca_da_cadeira_do_conselho_de_20para_24_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9680/requerimento_sec._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9681/indicacao_construcao_de_campo_20250804_13233447.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9682/reforma_ceu_das_artes20250804_13282019.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9694/creche_idosos.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9695/mata_burro_fazenda_retiro.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9696/sessao_ordinaria_12_de_agosto_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9697/sessao_ordinaria_12_de_agosto_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9698/sessao_ordinaria_12_de_agosto_de_2025_03.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9699/solicitando_a_implantacao_de_um_redutor_de_velocidade_rua_201020250811_08571861.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9700/requerimento_hospital_municipal_veterinario.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9701/avenida_anhanguera_.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9702/monsenhor_.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9703/req060_-_represa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9704/req062_-_lombada_conquista.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9705/req061_-_praca_do_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9706/27a_sessao_no01_upa.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9707/img20250808_15143509.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9708/otorrino_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9709/27a_sessao_reforma_da_praca_lazaro_domingos_jd_primavera.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9710/27a_sessao_cilindro_de_oxigenio_pequeno.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9711/27a_sessao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9712/postinhos.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9713/represa_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9714/requerimento_faixa_de_pedestre_em_frente_o_ifg.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9715/requerimento_reforma_no_ceu_das_artes.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9716/requerimento_rede_esgoto_bairro_setor_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9717/req._27a_mapa_interativo_da_dengue.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9718/req._27o_sessao_-_publicacao_visual_das_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9719/indicacao_otorrino20250811_13083605.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9720/indicacao_cdqc20250811_13143714.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9721/17_-_redutor_de_velocidade_rua_2010.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9722/19_-_poste_de_energia_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9723/18_-_casa_de_velorio_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9724/calcadao_represa_bica.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9728/implamentacao_de_mecanismo_que_viabilizem_a_cobranca_custos_sus20250818_10280159.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9729/criacao_do_complexo_esportivo_.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9730/criacao_da_ciclovia_.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9731/req064_-_faixa_de_pedestre_quadrangular.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9732/req065_-_ubs_jd_paraiso.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9733/req063_-_lombada_st._aeroporto.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9734/28a_sessao_no01_convenioclinica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9735/28a_sessao_solicita_providencias_para_a_reforma_da_igreja_de_sao_sebastiao_no_distrito_de_pires_belo..pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9736/28o_sessao_pedido_para_pavimentacao_asfaltica_em_uma_parte_da_via_publica_localizada_no_bairro_margon_iii..pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9737/28a_sessao_agilizacao_do_processo_de_corte_de_eucaliptos_localizados_na_avenida_joao_neves_vieira..pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9738/smtcnaescola2.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9739/esgotopontal2.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9740/requerimento_pintura_faixa_de_pedestre_rua_moises_salomao.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9741/requerimento_bala_de_oxigenio.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9742/requerimento_para_troca_de_lampada_queimada.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9743/requerimento_de_limpeza_no_bairro_jardim_primavera.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9744/requerimento_para_instalacao_de_um_radar_fixo_na_rua_das_orquideas_pela_segunda_vez.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9745/req.28o_sessao_-_solicitacao_de_coleta_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9752/praca_vereda_dos_buritis.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9753/quebra_mola_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9754/placa_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9757/sessao_ordinaria_26_de_agosto_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9758/sessao_ordinaria_26_de_agosto_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9759/construcao_de_uma_praca_na_vila_uniao_.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9760/reestruturacao_da_casa_do_artesao_.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao_sao_francisco_.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9762/represa_monsenhor_souza.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9763/req066_-_iluminacao_bica.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9764/req067_-_postes_clube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9765/req068_-_corrego_do_burro.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9766/29a_sessao_no01_recapeamento_e_sinalizacao_do_bairro_maria_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9767/img20250822_13262407.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9768/indicacao_parlamentar_-_programa_planilhas_ambientais.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9769/indicacao_parlamentar_-_secretaria_de_governo_1.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9770/requerimento_revitalizacao_praca_elias_saftle_1.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9771/requerimento_bala_de_oxigenio_1.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9772/requerimento_pintura_faixa_de_pedestre_rua_moises_salomao_1.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9774/requerimento_no_658-2025.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9775/requerimento_no_659-2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9776/reforma_caroklina_20250826_10201941.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9777/escola_castelo20250825_08215088.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9778/20_-_canteiro_do_bairro_ipanema.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9779/sessao_ordinaria_28_de_agosto_de_20251.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9780/sessao_ordinaria_28_de_agosto_de_2025_02.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9781/req069_-_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9782/req070_-_mapa_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9783/requerimento_ver._gilmar_smtc_redutor_de_velocidade_airton_sena.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9784/requerimento_ver._gilmar__prefeito_velomar_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9785/img20250827_14072299.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9786/30a_solicitacao_de_caminhao_para_aulio_de_cascalhamento_e_reforma_da_ponte_riacho..pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9787/vestibular.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9788/pracaprimavera.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9789/requerimento_praca_no_bairo_village_1.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9790/limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9791/req.30o_sessao_-_limpeza_da_rua.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9792/casa_de_apoio_20250827_09495023.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9796/requerimento_procon.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9801/sessao_ordinaria_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9802/sessao_ordinaria__02_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9803/sessao_ordinaria__02_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9804/smtc.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9805/asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9806/reforma_da_ponte_da_regiao_matinha_.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9807/req071_-_mataburro.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9808/req072_-_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9809/iluminacao_represa.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9810/faixa_de_conflito.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9811/31o_sessao_solicita_a_companhia_equatorial_energia_e_ao_secretario_de_iluminacao_publica_a_substituicao_de_um_poste_de_iluminacao_publica_na_rua_01_bairro_dos_lucas..pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9812/31a_sessaosolicitacao_de_patrolamento_e_manutencao_da_estrada_de_custodia_com_foco_na_entrada_da_comunidade..pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9813/creche1pdf.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9814/faixa.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9815/requerimento_programa_saude_na_roca.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9816/requerimento_melhoria_no_transito_da_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9817/requerimento_cadeiras_sala_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9818/req.31o_sessao_-_drenagem_urbana.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9831/banheiros_quimicos.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9832/sessao_ordinaria__09_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9833/sessao_ordinaria__09_de_setembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9834/sessao_ordinaria__09_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9835/solicitando_uma_nova_sinalizacao_em_frente_mercearia_tem_tem20250908_08502444.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9836/sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9837/horas_extras_.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9838/37_smtc_rua_rosemar_paranhos.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9839/reforma_da_ponte_da_regiao_matinha_.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9840/req073_-_praca_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9841/req074_-_lombada_margon3.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9842/req075_-_faixa_de_pedestres_e_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9843/32a_sessao_no01empreendimentos_lazer_e_turismo_represa_clube_do_povo.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9844/32o_sessao_pavimentacao_asfaltica_da_rodovia_go-506..pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9845/32a_sessao__providencias_urgentes_para_a_instalacao_de_iluminacao_nas_pracas_localizadas_nos_bairros_castelo_branco_e_eldorado..pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9846/32a_sessao__instalacao_de_rede_de_esgoto_na_rua_madre_esperanca_garrido_bairro_monsenhor_souza..pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9847/quadra.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9848/faixaelevada.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9849/requerimento_patrolamento_estrada_regiao_da_custodia_-_faz._marcelo_d2.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9850/requerimento_lampadas_queimadas_complexo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9851/requerimento_mutirao_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao_sinalizacao20250908_08115666.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9853/indicacao_para_fazer_reforma_no_mon_senhor20250908_08195939.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9861/conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9862/campo_martirios.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9863/ponte.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9864/sessao_ordinaria__16_de_setembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9865/sessao_ordinaria__16_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9866/sessao_ordinaria__16_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9867/solicitando_recapiamento_asfaltico_da_rua_tamoios20250912_10372939.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9868/criacao_segunda_unidade_do_conselho_tutelar_em_catalao20250912_10472530.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9869/req076_-_piso_tatil.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9870/req077___redutor_532.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9871/requerimento_ver._gilmar_jardinagem_caps_infantil.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9872/33a_implementacao_de_uma_area_de_diversao_e_lazer_no_canteiro_central_localizado_entre_a_go_210_e_a_avenida_belo_horizonte_na_vila_erondina_saida_para_goiandira..pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9873/33a_sessao_reposicao_de_todas_as_lampadas_queimadas_nos_postes_de_iluminacao_publica_em_todo_o_perimetro_urbano..pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9874/poste.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9875/financeira.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9877/requerimento_abertura_no_canteiro.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9878/requerimento_limpeza_posto_de_saude_lamartine.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9879/requerimento_rede_fluvial_rua_98.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao_parlamentar_54.2025_-_limpeza.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9881/indicacao_parlamentar_53.2025_-_smtc.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9894/sessao_ordinaria_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9895/sessao_ordinaria_23_de_setembro_de_2025_01.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9896/casa_do_artesao_.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9897/ambulancia.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9898/suporte_basico_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9899/req078_-_recapeamento_maria_amelia_i.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9900/req079_-_mata-burro_campo_limpo.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9902/sessao_34a__fiscalizacao_do_cumprimento_da_lei.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9903/faixajose.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9904/maounica.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9905/requerimento__campanha_educativa_de_transito.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9906/requerimento_cascalhamento_regiao_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9907/requerimento_iluminacao_av._santo.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9911/sessao_ordinaria__30de_setembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9912/sessao_ordinaria__30_de_setembro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9913/sessao_ordinaria__30_de_setembro_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9914/solicitando_a_revitalizacao_espaco_publico_rua_um_universitario20250929_10415523.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9915/35a_sessao_no01_eleicao_diretores_esc._municipais_e_cmei.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9916/35a_sessao_no_02_acesso_km283.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9917/35a_sessao_no03_convenio_bbm_e_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9918/cidadejardim.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9919/santoanto.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9920/requerimento__placa_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9921/requerimento__ligacao_da_avenida_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9922/requerimento__academia_ar_livre_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9923/requerimento_prefeito_e_financas_-__adicional_de_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9924/23_-_mao_unica_pontal_norte.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9925/35a_sessao_solicitacao_de_providencias_para_melhorias_nos_cemiterios_das_zonas_rurais_do_municipio_de_catalao..pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9926/35a_sessao_verba_para_as_cirurgias_de_neurologia.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9927/35a_solicita_a_contratacao_de_zeladores_e_coveiros_para_o_cemiterio_da_zona_rural_e_distritos..pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9934/sessao_ordinaria_-_07_de_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9935/solicitando_o_recapiamento_das_vias_do_bairro_maria_amelia_ll20251003_08595729.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9936/smtc_sinalizacao_maria_amelia_.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9937/smtc_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9938/praca_na_vila_uniao_.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9939/req080_-_recapeamento_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9940/req081_-_redutor_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9941/36a_sessao_no01__praca_lazaro_domingos.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9942/sessao_36a_no02_praca_do_estrela.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9943/36a_sessao_no03_cons._mun._cca.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9944/36a_sessao_solicita_a_implantacao_de_vagas_de_estacionamento_exclusivas_para_ambulancias_e_idosos_em_frente_as_unidades_de_saude_do_municipio_e_distritos..pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9945/36a_sessao_solicita__curso_profissionalizante_de_corte_e_costura.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9946/metanol.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9947/esgotoboavista.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9948/requerimento_asfalto_rua_612.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9949/requerimento_manutencao_praca_duque_caxias.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9950/req._36o_sessao_-_construcao_de_praca_publica_st.aeroporto.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9951/req._36o_sessao_-_solicita_a_intensificacao_do_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9952/indicacao_parlamentar_56.2025.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9953/indicacao_parlamentar_55.2025.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9954/indicacao_parlamentar_57.2025.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9955/22_-_mata_burro_wilson_pereira_.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9956/21_-_mata_burro_expedito.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9964/sessao_ordinaria__14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9965/sessao_ordinaria__14_de_outubro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9966/requerimento_-_cleuber.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9967/smtc_jose_.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9968/req083_-_limp._praca_do_setor_universitario.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9969/req082_-_praca_vila_liberdade.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9970/37a_sessao_no_02_reforma_ps._cast.bco.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9971/37a_sessao_no03__ligacao_esgoto.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9972/37a_sessao_no01_convenioclinica_castracao.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9973/37a_sessao_solicita_ao_poder_executivo_a_cessao_de_um_terreno_publico_para_a_construcao_de_um_abrigo_municipal_para_caes_e_gatos_em_parceria_com_protetores_de_animais_independentes.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9974/37a_sessao_solicitacao_de_estudos_e_perfuracao_de_pocos_artesianos_nas_zonas_rurais_do_municipio_de_catalao..pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9975/cacamba.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9976/setor.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9977/terreno.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9978/requerimento_panoramica_dental.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9979/requerimento_tampa_bueiro_av._20_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9980/req.37_sessao_-_consultas_ginecologicas.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9981/req.37a_sessao_-_instalacao_de_cacamba.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9982/indicacao_parlamentar_59.2025.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9983/indicacao_parlamentar_58.2025.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9989/praca_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9990/recapeamento.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9991/req083_-_rua_79_marcone.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9992/req084_-_mureta_rua_da_soja.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9993/reajuste_motorista.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9994/internet_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9995/38o_sessao_solicita_a_instalacao_de_rede_de_iluminacao_publica_no_perimetro_da_go-330_no_trevo_de_acesso_ao_bairro_portal_do_lago.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9996/vacinas.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9997/geriatra.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9998/requerimento_medico_otorrinolaringologista.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9999/requerimento_construcao_praca_leblon.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10000/requerimento_sinalizacao_das_ruas_bairro_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10001/req.38o_sessao_-_exames_cardiologicos.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10002/req.38o_sessao_-_estudo_para_acesso_av_lamartine.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao_parlamentar_60.2025.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10004/indicacao_parlamentar_61.2025.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10005/25_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10016/represa_bica.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10017/policiamento_ronda_na_praca_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10018/sessao_ordinaria_28_de_outubro_de_20252.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10019/sessao_ordinaria_28_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10020/sessao_ordinaria_28_de_outubro_de_20251.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10021/solicitando_a_retirada_do_mato_e_dos_aguapes_represa_monsenhor_20251024_09520630.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10022/44_smtc_dona_matilde.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10023/req085_-_camera_represa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10024/req086_-_rotatoria_portugal_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10025/req087_-_rua_monte_libano.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10026/req088_-_bebedouro_quadra_margon.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10027/requerimento_ver._gilmar_secretaria_de_esportes_e_obras_academia_e_arborizacao_morro_das_tres_cruzes.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10028/39a_e_40a_sessao_no_01_agencia_de_correios_-.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10029/39a_e_40a_sessao_no02_sede_para_assoc._c.bco..pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10030/39a_e_40a_sessao_no03__praca_dinossauro.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10031/39a_sessao_solicita_o_envio_de_oficio_aos_orgaos_competentes_para_a_realizacao_de_manutencao_limpeza_desassoreamento_e_providencias_urgentes_quanto_ao_esgoto_das_represas_do_monsenhor_souza.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10032/39o_sessao_solicita_a_implementacao_de_uma_pista_de_corrida_profissional_para_atletas_da_modalidade_no_municipio_de_catalao_goias.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10033/39o_sessao_solicita_a_instalacao_de_cameras_de_vigilancia_nas_unidades_de_pronto_atendimento_upas_do_municipio_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10034/pracaportal.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10035/requerimento_sinalizacao_das_ruas_bairro_jardim_paraiso.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10036/requerimento_sinalizacao_do_pare_na_rua_travessa_8.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10037/requerimento_construcao_bosque_2_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10038/indicacao_parlamentar_62.2025.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10039/indicacao_parlamentar_63_2025.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10040/req.39o_sessao_-_recapeamento_asfaltico_maria_amelia_1.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10041/req._39o_sessao_-_faixa_elevada_av_20_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10056/eco_ponto.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10060/sessao_ordinaria_04_de__novembro_de_20251.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10061/sessao_ordinaria_04_de__novembro_de_20252.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10062/sessao_ordinaria_04_de__novembro_de_20253.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10063/solicitando_o_recapiamento_da_avenida_l-2_bairro_pontal_norte20251103_08550600.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10064/45_estrutura_.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10065/limpeza_e_revitalizacao_do_bosque_do_veredas_dos_buritis.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10066/req089_-_bebedouro_severo_gomide.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10067/req090_-_r._uruguai.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10068/41a_sessao_no_01_smtc_r._nicolau_abraao.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10069/41a_sessao_no_02_smtc_-_sinalizacao_rua_sao_vicente_do_araguaia_com_av._eliane_leao_margon.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10070/41a_sessao_solicita__gastroenterologista_24_horas.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10071/41o_sessao_solicita_a_instalacao_de_cameras_de_vigilancia_nas_unidades_de_pronto_atendimento_ubss_do_municipio_de_catalao.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10072/41a_sessao_solicita_o_envio_de_oficio_aos_orgaos_competentes_para_a_realizacao_de_manutencao_limpeza_desassoreamento_e_providencias_urgentes_quanto_ao_esgoto_das_represas_do_monsenhor_souza.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10073/camerasuna.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10074/lixeiras.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10075/boavista1.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10076/requerimento_limpeza_corrego_do_cacador.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10077/req.41o_sessao_-_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10078/req.41o_sessao_-dia_mundial_dos_diabeticos.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10079/indicacao_parlamentar_64.2025.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10097/asfalto_de_rua.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10098/sessao_ordinaria_11_de_novembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10099/sessao_ordinaria_11_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10100/46_smtc_ieq.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10101/47_campo_bello.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10102/criacao_do_complexo_esportivo_.docx10112025.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10103/req091_-_dreno_20_agosto.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10104/requerimento_-_av._goias_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10105/42a_sessao__no02__quadra_de_areia_pires_belo.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10106/42a_sessao_no01_pca_redonda.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10107/fiscalizacao_carga_e_descarga.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10108/quadra_setor.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10109/42a_sessao_solicita_a_contratacao_de_assistente_social_para_a_prestacao_de_servicos_no_presidio_de_catalao-go_em_cumprimento_ao_disposto_na_lei_de_execucao_penal_lep..pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10110/indicacao_42a_sessao-_solicito_uma_acao_imediata_para_a_seguranca_das_merendeiras_das_escolas_municipais..pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10111/nataldeluz.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10112/vascular.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10113/requerimento_sinalizacao_da_rotatoria_da_rua_salustiano_da_paz.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10114/requerimento_estudo_de_transito_da_rua_papoula.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10115/requerimento_carga_horaria_dos_tratoristas.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10116/indicacao_parlamentar_65.2025.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10117/indicacao_parlamentar_66.2025.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10128/asfalto_av_maria_marcelina.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10129/sinalizacao_faixa_de_pedestre_pontal_atacado.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10130/sessao_ordinaria_18_de_novembro_assinado.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10131/48_revitalizacao_praca_castelo_branco_ii.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10132/req093_-_arvore_sta._helena.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10133/43a_sessao_no_01_iluminacao_da_represa_clube_do_povo_-.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10134/43a_sessao_no02_limpeza_das_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10135/43a_sessao_melhorias_nas_condicoes_de_trabalho_para_merendeiras_e_profissionais_de_servicos_gerais__municipal.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10136/43a_sessao_prefeitura_nos_bairros_santo_antonio_do_rio_verde.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10137/obstetra.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10138/ondulacao.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10139/requerimento_praca_vila_uniao.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10140/requerimento_recapeamento_bairro_maria_amelia_ii.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10141/requerimento_praca_setor_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10142/indicacao_parlamentar_-_saude.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10143/indicacao_parlamentar_-_sae.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10144/indicacao_parlamentar_-_smtc.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10145/req.43o_sessao_-_recapeamento_alvino_albino.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10149/poda_de_de_arvores_no_setor_marcone.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10150/calcadao_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10151/pedindo_que_seja_feita_um_reservatorio_de_agua_paineiras20251124_10103011.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10152/solicitacao_de_reforma_do_posto_paulo_de_tarso_.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10153/req094_-_vaga_deficientes.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10154/req095_-_pracas_eldorado.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10155/req096_-_rocagem_jesus_guerreiro.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10156/iluminacao_cesuc.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10157/44a_sessao_no_01_ampliacao_do_centro_de_regulacao.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10158/44a_sessao_solicitacao_de_providencias_urgentes_quanto_a_retirada_de_uma_arvore_em_area_verde.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10159/village.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10160/ondulacaosevero.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10161/requerimento_patrolamento_estrada_regiao_da_sucupira.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10162/requerimento_lampadas_queimadas_praca_redonda.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10163/req.44o_sessao_-_limpeza_na_represa_da_bica.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10164/req.44_sessao_-__programa_municipal_de_prevencao_a_amputacoes_em_pessoas_com_diabetes.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao_parlamentar_70.2025.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao_parlamentar_71.2025.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10184/asfalto_de_rua.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10185/carro_morada_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10186/49_faixas_elevadas.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10187/50_manutencao_represa_calixto_abraao.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10190/semafaro_do_entroncamento_da_rua_mandaguari_.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10191/requerimento_ver._gilmar_smtc_instalacao_semaforo.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10192/requerimento_ver._gilmar_smtc_faixa_de_pedestre_ricardo_paranhos.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10193/48a_sessao_no01_recapeamento_conquista.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10194/48a_sessao_no02_torcida_premiada_do_leao_do_sul._2.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10195/49a_sessao_solicita_pavimentacao_asfaltica_para_a_rua_l2..pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10196/caic.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10197/gps1.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10198/requerimento_bala_de_oxigenio_2.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10199/requerimento_farmacia_manipulada.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10200/requerimento_faixa_de_pedestre_sae.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10201/req.48o_sessao_-_camaras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10202/26_-_arborizacao_e_drenagem_avenida_albino.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/9986/emenda_aditiva_ao_pl_no_102-2025_-_ccj_pagenumber.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.catalao.go.leg.br/media/sapl/public/materialegislativa/2025/10146/emenda_a_loa_no_01-2025_pagenumber.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1270"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>